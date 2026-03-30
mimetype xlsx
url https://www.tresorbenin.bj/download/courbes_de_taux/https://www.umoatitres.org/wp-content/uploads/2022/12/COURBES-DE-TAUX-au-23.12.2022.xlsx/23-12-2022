--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/381c1b6eb7d40ccf6a45ce4f86023de8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2581c72e6b9b83d7a734c72a0dc7a9bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5944ce4458d6b2fd98134fb552cb7684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d89b30096c1feaa3dc4e0d5335ee710.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/381c1b6eb7d40ccf6a45ce4f86023de8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4385da46f7876ca700c543a85a949444.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5944ce4458d6b2fd98134fb552cb7684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e2b600ed5a26cde0a20b6f5b2cb15fc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/381c1b6eb7d40ccf6a45ce4f86023de8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea2b2f7841193d4fdaf65f10be301d4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5944ce4458d6b2fd98134fb552cb7684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/872c4c91c3531a3183b5080ba2f3e368.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/381c1b6eb7d40ccf6a45ce4f86023de8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c20702e30cf53c0fcdbbc8202ca9aa76.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5944ce4458d6b2fd98134fb552cb7684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f356da5d15086e67ab18f38aad7cd4b6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/381c1b6eb7d40ccf6a45ce4f86023de8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93ce96b3f33735803fa17b9a1c382b77.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5944ce4458d6b2fd98134fb552cb7684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7de771b2f004ff1e7ca7ea0b2a36b95c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/381c1b6eb7d40ccf6a45ce4f86023de8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e7131b6708973ed1fb44009e2ae1508.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5944ce4458d6b2fd98134fb552cb7684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cf72cdca8f9695fce44df8abeac8678.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/381c1b6eb7d40ccf6a45ce4f86023de8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b310283d1d33617b302cb4f52d282587.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5944ce4458d6b2fd98134fb552cb7684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c4898aa0a828ed647f9541fbf4090e5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/381c1b6eb7d40ccf6a45ce4f86023de8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66fdefb9aa68f080a25de4e326370406.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5944ce4458d6b2fd98134fb552cb7684.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b3aa8fb0e345598fef4d672cb00be73.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>