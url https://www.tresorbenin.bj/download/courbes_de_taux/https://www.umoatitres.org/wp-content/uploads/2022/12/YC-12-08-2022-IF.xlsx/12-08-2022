--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461b3555d525f8bb057eba42579c326f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14334d7a863c6b9412abe5b89396c27c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bafb76701fad5485498805312a758a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/707f23f654dee3c07ac92b19aa6edc51.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461b3555d525f8bb057eba42579c326f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccffabc354f88d1ce9d08e3b3f3fdcb7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bafb76701fad5485498805312a758a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b23789ba6ba28f693bc98cefec6e6ea5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461b3555d525f8bb057eba42579c326f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b98fd4d59b37e26fed744e193e66051.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bafb76701fad5485498805312a758a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbe30432d452a88a202b76337370d9f9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461b3555d525f8bb057eba42579c326f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a415343e93319b286eefbfed4210147e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bafb76701fad5485498805312a758a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5544c953dd0a282cbd12e7605f0de86e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461b3555d525f8bb057eba42579c326f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/102a88124e49ee2470eb2e8223fc4955.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bafb76701fad5485498805312a758a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9c305d78d4edbc0033ebcfa0cc59538.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461b3555d525f8bb057eba42579c326f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05092e6e71b603e91b1874ecfedb660c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bafb76701fad5485498805312a758a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12acdc75ab995819c640a3ebfecfa494.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461b3555d525f8bb057eba42579c326f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c5ec4a946ed96657964fe02603236eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bafb76701fad5485498805312a758a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76cffdf94762115ef45566fbb39e8776.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461b3555d525f8bb057eba42579c326f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/682099e2a450532ff1bbce72799a6c56.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bafb76701fad5485498805312a758a2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18df55945e7ee03ba87a14b9144b2bf2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>