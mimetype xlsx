--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e44fd8a1b2760da99fb6146521c12612.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee0260eb95fac6ac65658cd5597ecb0b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53cbdc2a32193c73b9ee92e45633e8fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/972b27b65bef21fbecb19264f4515548.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e44fd8a1b2760da99fb6146521c12612.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8b1ce3cff5d8f2eac305bca30d8bfa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53cbdc2a32193c73b9ee92e45633e8fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104fbb87e5239ca33e1ec3d5d6ae42ad.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e44fd8a1b2760da99fb6146521c12612.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e6a957170c56bebeff4ffe2ed52cf75.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53cbdc2a32193c73b9ee92e45633e8fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed3d12842580c2e2896f25e2d18b5210.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e44fd8a1b2760da99fb6146521c12612.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24932fd7c08a216daa298fb05fc535fa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53cbdc2a32193c73b9ee92e45633e8fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb88e9da411ec17830d9f4de3738600c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e44fd8a1b2760da99fb6146521c12612.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7500df9ddb0a375d3ba5bb7bd2b9fa4c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53cbdc2a32193c73b9ee92e45633e8fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf202d38d5c1ac07db384d8c000df88e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e44fd8a1b2760da99fb6146521c12612.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65e52c47dff3114e29fcc8d474f204b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53cbdc2a32193c73b9ee92e45633e8fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c587702af93119eef4f17766dfe1b055.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e44fd8a1b2760da99fb6146521c12612.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3db8dc40f9b13c7ee7be2aa97a66d798.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53cbdc2a32193c73b9ee92e45633e8fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/386ab87d97ac5da0d8a8e1f376294a99.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e44fd8a1b2760da99fb6146521c12612.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4afec060a565eff91218f43947687491.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53cbdc2a32193c73b9ee92e45633e8fe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b4f2179672197b89e9e627263dae1df.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>