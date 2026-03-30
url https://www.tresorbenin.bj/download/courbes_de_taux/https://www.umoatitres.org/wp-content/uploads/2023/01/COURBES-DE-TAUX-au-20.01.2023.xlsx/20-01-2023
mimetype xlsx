--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599981be3a4c197042a9e5904395a9c7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c67b884d0b3c77840d48d641a9b8938.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be3871b98332519e48363d56ef608419.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6de7f1be1a74029064f394b30c6f675.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599981be3a4c197042a9e5904395a9c7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/611b60591e2d2e97a087d284f17a9c0a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be3871b98332519e48363d56ef608419.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ae96fa1884abcf67ecbf9c02737bf28.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599981be3a4c197042a9e5904395a9c7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f831ea167df8dba49990066fdf7d539.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be3871b98332519e48363d56ef608419.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2208166afcbada27590b32065513505.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599981be3a4c197042a9e5904395a9c7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a44e4446fabbf2ed3792c423d157f1d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be3871b98332519e48363d56ef608419.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cf2b5b1c88cbfd8b5f630b932afc450.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599981be3a4c197042a9e5904395a9c7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39ae0e1e139394dc829847aa61de0876.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be3871b98332519e48363d56ef608419.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9740605f216a3f2a821e52b6cdc56f1b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599981be3a4c197042a9e5904395a9c7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/871cea239ca85a45a964353f428fd910.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be3871b98332519e48363d56ef608419.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c0b3cc531bedec6bb9ea0333d796809.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599981be3a4c197042a9e5904395a9c7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39b1effc65f53f0fb32466eaa2c87b81.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be3871b98332519e48363d56ef608419.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d817b95fe7a6137924410a594c7ad98.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599981be3a4c197042a9e5904395a9c7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7fcb92088e3147b01dde988d885dd84.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be3871b98332519e48363d56ef608419.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/935832b84b9792c7ee4da0a05a645ed0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>