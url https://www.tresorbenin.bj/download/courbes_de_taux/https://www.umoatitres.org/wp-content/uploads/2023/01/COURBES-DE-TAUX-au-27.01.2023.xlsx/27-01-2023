--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dfe46c815bbdc5f35d8e388f25a5f8a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/009e2b0793a7206e02c1526ba65676cc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40c8a58245a29deabc07f0388afb205.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45f5654be20d125daf47d0a63e9a9ae0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dfe46c815bbdc5f35d8e388f25a5f8a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c154280be491803b8e85899b112fe10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40c8a58245a29deabc07f0388afb205.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/014fceb3d8daab4aeef4af926e836898.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dfe46c815bbdc5f35d8e388f25a5f8a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258e5eeece919481f6d3e23703cc74c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40c8a58245a29deabc07f0388afb205.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/638fc32934437a7e97835724392af8b9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dfe46c815bbdc5f35d8e388f25a5f8a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b74bc664081eb9a0868ae4e83906412.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40c8a58245a29deabc07f0388afb205.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7f72eef38c618af81a9832bd0e83f6b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dfe46c815bbdc5f35d8e388f25a5f8a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/812c3b665048c529524d23d8f3dbdaac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40c8a58245a29deabc07f0388afb205.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d0fb233554d9ef8aaba92eb6ad8c88.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dfe46c815bbdc5f35d8e388f25a5f8a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0513c0cfca5d47f8951174ebdbaa0b27.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40c8a58245a29deabc07f0388afb205.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4efd436d205e365254b66f52f04ebc4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dfe46c815bbdc5f35d8e388f25a5f8a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4ba0f1b25cf20955a9e6473b96f00f3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40c8a58245a29deabc07f0388afb205.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae1925287518d0b30a36664fe289bd74.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dfe46c815bbdc5f35d8e388f25a5f8a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9750b54bb9cd790a2e14ff8639a0ffd1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40c8a58245a29deabc07f0388afb205.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628a4a1ac7838cfbdd6f0cbd1e066e03.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>