--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40c8a58245a29deabc07f0388afb205.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45f5654be20d125daf47d0a63e9a9ae0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb906d39e480bc4d564b306ecb3466bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45341c36a2fd709bbcf6f2dbf69d407a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40c8a58245a29deabc07f0388afb205.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/014fceb3d8daab4aeef4af926e836898.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb906d39e480bc4d564b306ecb3466bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3f0273da6d84a78d9bf53eaf883417d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40c8a58245a29deabc07f0388afb205.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/638fc32934437a7e97835724392af8b9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb906d39e480bc4d564b306ecb3466bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a3fb12200eaabef7924a463cee24c87.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40c8a58245a29deabc07f0388afb205.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7f72eef38c618af81a9832bd0e83f6b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb906d39e480bc4d564b306ecb3466bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce67182c8067340f6c44df845192440a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40c8a58245a29deabc07f0388afb205.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d0fb233554d9ef8aaba92eb6ad8c88.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb906d39e480bc4d564b306ecb3466bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/327123f82d41ebf08b5f5b71692fbeec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40c8a58245a29deabc07f0388afb205.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4efd436d205e365254b66f52f04ebc4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb906d39e480bc4d564b306ecb3466bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324a33941d1082d5752caa088202c3b3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40c8a58245a29deabc07f0388afb205.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae1925287518d0b30a36664fe289bd74.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb906d39e480bc4d564b306ecb3466bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86371c0d57a64a1b2b7f92311f240819.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40c8a58245a29deabc07f0388afb205.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628a4a1ac7838cfbdd6f0cbd1e066e03.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb906d39e480bc4d564b306ecb3466bf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c068c0d3d5e9417004b601df18e38875.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>