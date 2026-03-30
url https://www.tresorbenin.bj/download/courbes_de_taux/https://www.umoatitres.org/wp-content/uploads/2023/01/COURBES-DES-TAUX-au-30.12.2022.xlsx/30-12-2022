--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f13866e2d2ddbed359e9e642d085ce02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b25ba9ccf347dcee291b156dca501262.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f0d5bf2c4ebc7bd6b408e441fd11e9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a60ec14a8cafeafcedccfe753208096.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f13866e2d2ddbed359e9e642d085ce02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff7f586548ddbf4c36f3ef67d9510550.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f0d5bf2c4ebc7bd6b408e441fd11e9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd6371320e42d44435fff3f62aec7f09.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f13866e2d2ddbed359e9e642d085ce02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15b0c1c523d8e33cb6962e4eba2f0a9d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f0d5bf2c4ebc7bd6b408e441fd11e9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2aa2cf655d2d449ae671232f25d1de74.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f13866e2d2ddbed359e9e642d085ce02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c75042eb5cbbdc2d7f7fd29dd2b0fd89.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f0d5bf2c4ebc7bd6b408e441fd11e9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25bdc4a3445045619cfd6e179c0d54eb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f13866e2d2ddbed359e9e642d085ce02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/177e302df55fd626d03b0fab5a73e237.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f0d5bf2c4ebc7bd6b408e441fd11e9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ba8106ebfdfd3c05dc15f44f75dd90d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f13866e2d2ddbed359e9e642d085ce02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4a3fe164f72c2d94ff04cb8a72c3a87.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f0d5bf2c4ebc7bd6b408e441fd11e9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7022f75e3007a2a2847a2644e4f71bff.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f13866e2d2ddbed359e9e642d085ce02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9db63de6624408378795f79316ede27.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f0d5bf2c4ebc7bd6b408e441fd11e9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480d89c94b766a8e3ea3e06313f689c6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f13866e2d2ddbed359e9e642d085ce02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/581856de5a8344707a741ebdb13b3d7c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f0d5bf2c4ebc7bd6b408e441fd11e9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceb7885642f574811f1528627c54f7d5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>