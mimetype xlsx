--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66ed87bcb5c98629148e70d46aa63303.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10300b206718554bf890e6ba35edf4c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe4b689c3ca29cdd4a354824c62421f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8820d02d2a0aff9ad59ae3dea7b923e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66ed87bcb5c98629148e70d46aa63303.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e470e18a48c24d569e64801a08dd813.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe4b689c3ca29cdd4a354824c62421f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb8110fbf89ef299a978e0ad4b25cb03.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66ed87bcb5c98629148e70d46aa63303.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/586dad0197e1f3963fb9fbc8959324b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe4b689c3ca29cdd4a354824c62421f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8945839709c5d47f1618b3a43228e19a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66ed87bcb5c98629148e70d46aa63303.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f88342369a025882513039e7c6fe6688.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe4b689c3ca29cdd4a354824c62421f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6db0a318d4d8b48ec737eee9fc210a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66ed87bcb5c98629148e70d46aa63303.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19373353560aa35c35c371fb0351f43e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe4b689c3ca29cdd4a354824c62421f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8041cdda5f0a443a0dfc5a9482722722.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66ed87bcb5c98629148e70d46aa63303.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64786b55191f867cc5410c85cfa0f459.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe4b689c3ca29cdd4a354824c62421f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad02d043bf9e3a32bc2346ba9d106711.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66ed87bcb5c98629148e70d46aa63303.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38ff46df6f9a7bd1055fe0f815cd8a7d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe4b689c3ca29cdd4a354824c62421f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aa4ed037c81db1e344c04b68dff13e2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66ed87bcb5c98629148e70d46aa63303.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e9cd7fa5871ad9ba8dd58d6c36a391c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe4b689c3ca29cdd4a354824c62421f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f3d404628f7f4d7ef59a0ad26829d3b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>