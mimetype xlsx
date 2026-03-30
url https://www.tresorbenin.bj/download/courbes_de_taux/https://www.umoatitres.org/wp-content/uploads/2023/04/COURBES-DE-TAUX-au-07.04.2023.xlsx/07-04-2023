--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33764d90fae576abac37d73c16c2d89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35805eecfb2fedd79670990ae12558e5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3c67c99321bec246f007ccc5806a2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/253c4c924a2dfdd82c16c2f4f3e9f0a0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33764d90fae576abac37d73c16c2d89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281ed970267f81923b684d060bcc0145.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3c67c99321bec246f007ccc5806a2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db3c133eef299d7cf2a1c936c05354ec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33764d90fae576abac37d73c16c2d89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2be37662fe939553fd422a1ce1e0e225.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3c67c99321bec246f007ccc5806a2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7289caff1f5105b9185644b3ee7d85e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33764d90fae576abac37d73c16c2d89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a6fd7b55dad7d3bd4a4442636b0f22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3c67c99321bec246f007ccc5806a2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/124b6c1657d7dd3098c3d0b087a3a416.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33764d90fae576abac37d73c16c2d89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d74128bd694ada1a450cf41bd5831b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3c67c99321bec246f007ccc5806a2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ae8a7078e73c0cf7697205f02287f85.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33764d90fae576abac37d73c16c2d89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16e6bdd73e594bd2ee58b74f56f9f0bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3c67c99321bec246f007ccc5806a2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6104a86e92a2e7d7f742fb5d33d48cf2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33764d90fae576abac37d73c16c2d89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c6c780595a026542e8b02699e27347f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3c67c99321bec246f007ccc5806a2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46c8eb585a47b5707d1391b34fe2815a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33764d90fae576abac37d73c16c2d89c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a19a24bfb4981ba2667081773eaa801.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3c67c99321bec246f007ccc5806a2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7b0ee0ea062d53b89eb52143a029ed7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>