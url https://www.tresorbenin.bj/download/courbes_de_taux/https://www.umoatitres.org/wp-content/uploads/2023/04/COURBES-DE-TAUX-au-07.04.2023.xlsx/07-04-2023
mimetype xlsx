--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3c67c99321bec246f007ccc5806a2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/253c4c924a2dfdd82c16c2f4f3e9f0a0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e0c958581b50dfe6aeb7d003683ded4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4b1fc55c11723c71956e52fe898387f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3c67c99321bec246f007ccc5806a2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db3c133eef299d7cf2a1c936c05354ec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e0c958581b50dfe6aeb7d003683ded4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/164c8f7af3ccd4841b6b051d125db596.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3c67c99321bec246f007ccc5806a2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7289caff1f5105b9185644b3ee7d85e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e0c958581b50dfe6aeb7d003683ded4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/103d3a84021723f00b23478d4024fded.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3c67c99321bec246f007ccc5806a2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/124b6c1657d7dd3098c3d0b087a3a416.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e0c958581b50dfe6aeb7d003683ded4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da24c332d4c45801fd8713db1f9860dd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3c67c99321bec246f007ccc5806a2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ae8a7078e73c0cf7697205f02287f85.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e0c958581b50dfe6aeb7d003683ded4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04c36ddb0756e2680a58f23b10e419df.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3c67c99321bec246f007ccc5806a2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6104a86e92a2e7d7f742fb5d33d48cf2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e0c958581b50dfe6aeb7d003683ded4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e65a4c4fea111cc55b28f4eacbdb8484.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3c67c99321bec246f007ccc5806a2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46c8eb585a47b5707d1391b34fe2815a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e0c958581b50dfe6aeb7d003683ded4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/995999f23c7cc9cf629c982aa9e15d34.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3c67c99321bec246f007ccc5806a2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7b0ee0ea062d53b89eb52143a029ed7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e0c958581b50dfe6aeb7d003683ded4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9426911dd9b26362d636cd6aa58f0b0a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>