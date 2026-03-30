--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0594c50babb1c982bedd76d369fb55cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87f035779ba1304a8d5228f568537dc9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78255237c9f0b972791b90f1c8a16c0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af65011c78156751eb84d3398f0db6bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0594c50babb1c982bedd76d369fb55cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153f7a59cbbd12742949e2b741b11d98.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78255237c9f0b972791b90f1c8a16c0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52163e2b433da31921fc0d619da2ed59.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0594c50babb1c982bedd76d369fb55cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d193babbb18da676cdcba0efbc6c99a7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78255237c9f0b972791b90f1c8a16c0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7193f6bd6d932ede06b2105d1cc61bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0594c50babb1c982bedd76d369fb55cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b28e4a4cb3519dfb94e149a0bd2d6cac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78255237c9f0b972791b90f1c8a16c0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d493afa47e5f0f1071d5ddc1e2a65c5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0594c50babb1c982bedd76d369fb55cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a585944df002e00311a7f46df97fa38.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78255237c9f0b972791b90f1c8a16c0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dac90d4c33507d9fbd4221b397d28ab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0594c50babb1c982bedd76d369fb55cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71298c9d2bd272abfe66909d403f3701.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78255237c9f0b972791b90f1c8a16c0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/816acd4c80e60fae669c39546245bebc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0594c50babb1c982bedd76d369fb55cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67733650f1fe2aae5083b2711e2d70ae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78255237c9f0b972791b90f1c8a16c0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27831955fd10654bbbc91c2ff354080b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0594c50babb1c982bedd76d369fb55cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962c3bcac7a9128bbca5b36de68b7886.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78255237c9f0b972791b90f1c8a16c0b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8635f5946d169d8f2012c2bf3f68f8d8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>