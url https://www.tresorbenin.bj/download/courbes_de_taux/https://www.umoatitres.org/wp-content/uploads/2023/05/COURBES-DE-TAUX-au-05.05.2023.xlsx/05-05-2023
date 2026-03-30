--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -501,79 +501,79 @@
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="4" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="6" numFmtId="164" fillId="0" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68922d00dfce2237e1ccd64c07876f67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12d1aa0ba454d7a03d6030e43f5bb51.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1df18cdbda29eed26ca94abfd5c4417.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6db864e760f95edf40bc1dacb7b43a54.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68922d00dfce2237e1ccd64c07876f67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37f84295b0a7f3dbacb2ad28a81b08ba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1df18cdbda29eed26ca94abfd5c4417.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef4ee0ab3e50aaf972fa572872007d76.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68922d00dfce2237e1ccd64c07876f67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3093b8c673308ecf6e44b701436e4ead.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1df18cdbda29eed26ca94abfd5c4417.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37c55743861128171a918fa8cc0eb68c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68922d00dfce2237e1ccd64c07876f67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a670d07b381a4ce402c4955c60520df.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1df18cdbda29eed26ca94abfd5c4417.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd4a889de69f1225752616d782da5997.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68922d00dfce2237e1ccd64c07876f67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4579732ec352726461d8d87e12c47db3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1df18cdbda29eed26ca94abfd5c4417.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88d40e6fa646d497a99fc7adc6cedb42.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68922d00dfce2237e1ccd64c07876f67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50229b12dd12fbf70cf024d3d3e75a0d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1df18cdbda29eed26ca94abfd5c4417.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/433472833cd848483cd464125190ec1e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68922d00dfce2237e1ccd64c07876f67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a1be674bc15f50368e4b8bf77461591.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1df18cdbda29eed26ca94abfd5c4417.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9d519720ee750ca352836774bafbc63.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68922d00dfce2237e1ccd64c07876f67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c2bbd3c50b637381adb8050d3cc7aa7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1df18cdbda29eed26ca94abfd5c4417.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1158a496a06e20adf436f9de534fd88.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>