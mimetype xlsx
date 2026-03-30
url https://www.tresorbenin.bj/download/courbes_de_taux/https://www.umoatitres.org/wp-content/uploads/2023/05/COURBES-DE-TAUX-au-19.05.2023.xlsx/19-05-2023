--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -496,79 +496,79 @@
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="164" fillId="0" borderId="4" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b5101dc57ea8731f09b81dd1e311236.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cc29f27a72088b6f9105bd5d9cb1fc3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c11c357e267b3899b3560fe38633192.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccc1f9fb86b174b9285b56bb98b91951.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b5101dc57ea8731f09b81dd1e311236.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f20b755a406a270a168678739c7e71e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c11c357e267b3899b3560fe38633192.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bee3ab5f1ec878fc0566a1a8e80e514f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b5101dc57ea8731f09b81dd1e311236.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463941a64670271f9ae139a3c3156dd3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c11c357e267b3899b3560fe38633192.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf4bad839c27d2a6829f373dbbc3d3b3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b5101dc57ea8731f09b81dd1e311236.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c392bb313469763567aa07e2121ef0c0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c11c357e267b3899b3560fe38633192.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aa3de2f3755efd2aa041e160dd68120.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b5101dc57ea8731f09b81dd1e311236.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbe7f98d46c60cd5742d7109bc46f961.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c11c357e267b3899b3560fe38633192.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d790cd5bccc96452ddf1a8764280b89.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b5101dc57ea8731f09b81dd1e311236.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cd7ee4122385036f0367f323e5c7c56.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c11c357e267b3899b3560fe38633192.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b4ac5702b2d9d65e6c909277ca820d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b5101dc57ea8731f09b81dd1e311236.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830c5afa93b63a80edcbf23e18d9aee0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c11c357e267b3899b3560fe38633192.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f79df0d20e17cc20adc1347d0e2d1e2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b5101dc57ea8731f09b81dd1e311236.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/728bfaba72afa4188b096e60c8127ba2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c11c357e267b3899b3560fe38633192.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db27a1abf5ab834955305a27a86dd45a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>