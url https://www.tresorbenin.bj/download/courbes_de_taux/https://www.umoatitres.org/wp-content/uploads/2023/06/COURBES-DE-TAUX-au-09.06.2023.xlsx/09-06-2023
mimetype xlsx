--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f31b9c4b0a1b2de03a3fb66d3c223a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cce3b68fa0a1322ca1094b51b89da219.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa73113b0d635178e8fe2a0e3a87da5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c5ea4e08a485ab9c59a7539c58bd23f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f31b9c4b0a1b2de03a3fb66d3c223a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1c84bf8e9195fc71b8d9a111df4613e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa73113b0d635178e8fe2a0e3a87da5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502cdf5fdd750e1796b5a8d12fccc7a6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f31b9c4b0a1b2de03a3fb66d3c223a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c6a9f9aea784f1fab81b152c64f7c66.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa73113b0d635178e8fe2a0e3a87da5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58d21d2dc2d617cf099482b8b318b540.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f31b9c4b0a1b2de03a3fb66d3c223a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69be73d54b9264fa316c2b5180c5233b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa73113b0d635178e8fe2a0e3a87da5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7281eb555a374077477872dae38bbea0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f31b9c4b0a1b2de03a3fb66d3c223a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a80943515026d0d2227a437c6b30b7c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa73113b0d635178e8fe2a0e3a87da5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7c7d685a893559435eca32860d8ca7a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f31b9c4b0a1b2de03a3fb66d3c223a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2d8fa22a363b1aec2df5f5404afdc79.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa73113b0d635178e8fe2a0e3a87da5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1eda470275620c34b7c32119fc00149.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f31b9c4b0a1b2de03a3fb66d3c223a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65f5b217390bef11be8296757571e50f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa73113b0d635178e8fe2a0e3a87da5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fd01de9556d9787719a5128a7c5235f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f31b9c4b0a1b2de03a3fb66d3c223a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8704ed6ad29592aa92eefae98c490c3c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa73113b0d635178e8fe2a0e3a87da5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3b453d1d1a96a0f13a05594d6eefe8e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>