--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa73113b0d635178e8fe2a0e3a87da5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c5ea4e08a485ab9c59a7539c58bd23f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2272054a709fc464239f950b50aed9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751cabade93a2d7827dd5b601a21cc5b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa73113b0d635178e8fe2a0e3a87da5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502cdf5fdd750e1796b5a8d12fccc7a6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2272054a709fc464239f950b50aed9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea37841d8c44a7e6fcd9c163bc9c48f2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa73113b0d635178e8fe2a0e3a87da5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58d21d2dc2d617cf099482b8b318b540.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2272054a709fc464239f950b50aed9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88e3eb2e6ecc2ff730682d35054e142e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa73113b0d635178e8fe2a0e3a87da5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7281eb555a374077477872dae38bbea0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2272054a709fc464239f950b50aed9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df374d07100fc8e0d9e8e2ec6da888d6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa73113b0d635178e8fe2a0e3a87da5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7c7d685a893559435eca32860d8ca7a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2272054a709fc464239f950b50aed9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8908ffaca37e69d0cc8875dead9bdeb9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa73113b0d635178e8fe2a0e3a87da5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1eda470275620c34b7c32119fc00149.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2272054a709fc464239f950b50aed9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532d76ba3052d41504ef3bd2236be8bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa73113b0d635178e8fe2a0e3a87da5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fd01de9556d9787719a5128a7c5235f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2272054a709fc464239f950b50aed9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c568a89e356e77b47206c16a031be7ee.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa73113b0d635178e8fe2a0e3a87da5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3b453d1d1a96a0f13a05594d6eefe8e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2272054a709fc464239f950b50aed9a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a80373935bb9125d4226b95d3d858682.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>