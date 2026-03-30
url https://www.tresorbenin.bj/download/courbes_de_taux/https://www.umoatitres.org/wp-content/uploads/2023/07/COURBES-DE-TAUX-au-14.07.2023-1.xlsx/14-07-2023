--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5af272fe8e822b09876cb8e10d92ed2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ed24aca6a137a5e66ccbdb2745264dd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c30a13677ed1cbb0374287288f6dc20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ced3cfea004da41834aca202ba9f31.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5af272fe8e822b09876cb8e10d92ed2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a1eeb10d4213e438cddafa41dd0dcd1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c30a13677ed1cbb0374287288f6dc20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/454f1681cbbb2b2b5fe007941326127d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5af272fe8e822b09876cb8e10d92ed2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ab68c351206507630b2c7d15f744ac1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c30a13677ed1cbb0374287288f6dc20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed54741ed6076dec4c1d025c39587a5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5af272fe8e822b09876cb8e10d92ed2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fe1f97f949d3f94e4496c8cfae22aa9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c30a13677ed1cbb0374287288f6dc20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5588566ea2b80deb2f74b8496aa5ab25.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5af272fe8e822b09876cb8e10d92ed2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02c50324ac714846244e2e9e7ffa248e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c30a13677ed1cbb0374287288f6dc20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b10f1823037ba849a846f66c8c19216.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5af272fe8e822b09876cb8e10d92ed2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/262151dd335d52ee1be739615dc1eeb8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c30a13677ed1cbb0374287288f6dc20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a57ac59b467b8142e9c20908435d963.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5af272fe8e822b09876cb8e10d92ed2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44959316c227b128567acfd8e5557efa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c30a13677ed1cbb0374287288f6dc20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e67334cb3830ec8fbf5c08c34b78eb2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5af272fe8e822b09876cb8e10d92ed2f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1ff31153fd16635af2edb2f48744873.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c30a13677ed1cbb0374287288f6dc20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bfaf664c31bd9f063843b219c8d51c5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>