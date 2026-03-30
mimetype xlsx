--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10fa14762d059ae6daa15f818b3fae92.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c881a934eeb5fe2b0178f662824c3256.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873041781ddbb5d05c5332ba69ac2c4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104733626f3024f57b43f275277002f1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10fa14762d059ae6daa15f818b3fae92.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d3c34e1d8ca367130a275d5dbf43d87.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873041781ddbb5d05c5332ba69ac2c4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5954bc9787a01f758f8dd4168051e77f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10fa14762d059ae6daa15f818b3fae92.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f99c98c09bee7435151d09797fe419f5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873041781ddbb5d05c5332ba69ac2c4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/158ad914637b8924af141eaff507d80b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10fa14762d059ae6daa15f818b3fae92.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b72101df5e9e4277aa03ad2ada2803d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873041781ddbb5d05c5332ba69ac2c4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/660f54c5b3c55b7e958555a584424b0b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10fa14762d059ae6daa15f818b3fae92.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c832147870a255ce9bfd0bab0daba516.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873041781ddbb5d05c5332ba69ac2c4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26bcbc269896460a30bec5f646047c16.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10fa14762d059ae6daa15f818b3fae92.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b054e2c47fd232100f09574d13f643e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873041781ddbb5d05c5332ba69ac2c4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b56facaf9198175a5a60c8fbd66f378.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10fa14762d059ae6daa15f818b3fae92.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecc8281ab8aebd3c4ccda3756d70642c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873041781ddbb5d05c5332ba69ac2c4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/315b606820be7b88477988543052ae6d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10fa14762d059ae6daa15f818b3fae92.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0da93d7a4f91cfe4f9a8b010b47a7ea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873041781ddbb5d05c5332ba69ac2c4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/638dcfa3cb524f1cd504bb6ab2d1a211.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>