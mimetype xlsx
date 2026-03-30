--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873041781ddbb5d05c5332ba69ac2c4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104733626f3024f57b43f275277002f1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c160e3cf36d592eedb4ed3d0b3402e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/419dfcf720b7643c18925e955a85af23.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873041781ddbb5d05c5332ba69ac2c4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5954bc9787a01f758f8dd4168051e77f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c160e3cf36d592eedb4ed3d0b3402e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee1a262ab4125ed98fe8a720c5a1e33c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873041781ddbb5d05c5332ba69ac2c4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/158ad914637b8924af141eaff507d80b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c160e3cf36d592eedb4ed3d0b3402e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d6b3b973c17d683499bc3eae792a10d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873041781ddbb5d05c5332ba69ac2c4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/660f54c5b3c55b7e958555a584424b0b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c160e3cf36d592eedb4ed3d0b3402e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4db8cf3b22b3386e5bd6937f73701822.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873041781ddbb5d05c5332ba69ac2c4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26bcbc269896460a30bec5f646047c16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c160e3cf36d592eedb4ed3d0b3402e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a431a690e78228edcd831e4ef126083.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873041781ddbb5d05c5332ba69ac2c4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b56facaf9198175a5a60c8fbd66f378.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c160e3cf36d592eedb4ed3d0b3402e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93e11737f4ca23f8616c7065f028aee2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873041781ddbb5d05c5332ba69ac2c4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/315b606820be7b88477988543052ae6d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c160e3cf36d592eedb4ed3d0b3402e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e380c91adc50959feff93676379481.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873041781ddbb5d05c5332ba69ac2c4b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/638dcfa3cb524f1cd504bb6ab2d1a211.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c160e3cf36d592eedb4ed3d0b3402e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c3a7b88be2f6bfbf0ae785ab76bdbf8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>