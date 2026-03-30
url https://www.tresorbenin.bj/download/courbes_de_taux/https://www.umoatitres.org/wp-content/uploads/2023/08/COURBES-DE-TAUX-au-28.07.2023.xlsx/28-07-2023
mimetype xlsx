--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175b5eed580c490379da02f4c6cf83a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ee74753e739593c5831d22a0e52b296.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578e20a770d981ae19cc12a206cd0aae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd268bdaf2f81436297721af02d4cc23.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175b5eed580c490379da02f4c6cf83a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148df1fe7d11e9b5dc4daf14645c0fcf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578e20a770d981ae19cc12a206cd0aae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f149535148427e6f076da4c8e672e51.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175b5eed580c490379da02f4c6cf83a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea54f5946fd38dedb5865ec73b5799d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578e20a770d981ae19cc12a206cd0aae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf578e8ba1ceeb737cec448faab7b707.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175b5eed580c490379da02f4c6cf83a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4be950dc7bfa156e9cab47be736bf9a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578e20a770d981ae19cc12a206cd0aae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10ca79f305066a55b0d3b1d0877c0617.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175b5eed580c490379da02f4c6cf83a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70696daed2e0ebcc938f1fd25460e338.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578e20a770d981ae19cc12a206cd0aae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4523e53cf28ee8d568d4b88d183e9f6f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175b5eed580c490379da02f4c6cf83a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab54d8e4dcf6a48b16668536fffafe05.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578e20a770d981ae19cc12a206cd0aae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b7fe61c9a7e4a09655247eb07fa2c20.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175b5eed580c490379da02f4c6cf83a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83ef9106ad37c24eaf6ddfc29f88dceb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578e20a770d981ae19cc12a206cd0aae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76ad37ec8e03fd24e247a8e98a4f0cce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/175b5eed580c490379da02f4c6cf83a9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1c8c7942075220bd246a9358801486b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578e20a770d981ae19cc12a206cd0aae.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/990371031f48307e28ea5e2d1cb228f8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>