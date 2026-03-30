--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fcaa0b66593efc4405d0b385b70ff85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ebc5cdfd17708eaa354485d51e4c425.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c43faf89426d095a913f1a90dc6584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c8dfd211fd342f4036f876ba3d06f62.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fcaa0b66593efc4405d0b385b70ff85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/406113bd877ae3a8251a75fc5463dfa0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c43faf89426d095a913f1a90dc6584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec016eff607faac37ff27eb14a1fb645.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fcaa0b66593efc4405d0b385b70ff85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/547af9c35d12fe9ad78ac9a2291660ce.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c43faf89426d095a913f1a90dc6584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53c095db3f11ce4d144a8bd038873c8d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fcaa0b66593efc4405d0b385b70ff85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/070cff680fab8f8fa1b7ea28a5673c86.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c43faf89426d095a913f1a90dc6584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47b71e9f5156d88b514855b655bde5fe.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fcaa0b66593efc4405d0b385b70ff85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9776318140102ca67752f285dac8cd5c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c43faf89426d095a913f1a90dc6584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/027a6a095f904dd4c71e3636d0e937db.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fcaa0b66593efc4405d0b385b70ff85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b967ffce3d5d276e42a529f8060ff02a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c43faf89426d095a913f1a90dc6584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08f733e3b78f5d5aafb2a7b24efd4fe8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fcaa0b66593efc4405d0b385b70ff85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/458ed1971330a4517fca8bb5100afbda.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c43faf89426d095a913f1a90dc6584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58196838df14b9b6ab3ba0ba1f6d708d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fcaa0b66593efc4405d0b385b70ff85.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e5de77703c332887a9e9bbe8791c951.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c43faf89426d095a913f1a90dc6584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c091bb74c7e2edf12be0dfb5301507f8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>