--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -487,79 +487,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c43faf89426d095a913f1a90dc6584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c8dfd211fd342f4036f876ba3d06f62.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dde81b2d06c0c6b352cb829441033d26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf70f7d0c041281f89cade95d7e42d4d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c43faf89426d095a913f1a90dc6584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec016eff607faac37ff27eb14a1fb645.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dde81b2d06c0c6b352cb829441033d26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d26a4d1a46a8d779791375999117e95.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c43faf89426d095a913f1a90dc6584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53c095db3f11ce4d144a8bd038873c8d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dde81b2d06c0c6b352cb829441033d26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2993d30138d17907381c7890ab32666.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c43faf89426d095a913f1a90dc6584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47b71e9f5156d88b514855b655bde5fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dde81b2d06c0c6b352cb829441033d26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6cb1f53c94600f98a21e2e788b449e4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c43faf89426d095a913f1a90dc6584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/027a6a095f904dd4c71e3636d0e937db.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dde81b2d06c0c6b352cb829441033d26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f05f9a8a68ada766e5e19a4dc2bd43d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c43faf89426d095a913f1a90dc6584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08f733e3b78f5d5aafb2a7b24efd4fe8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dde81b2d06c0c6b352cb829441033d26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4757fe0c3a8bd23072893d4b97a716ef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c43faf89426d095a913f1a90dc6584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58196838df14b9b6ab3ba0ba1f6d708d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dde81b2d06c0c6b352cb829441033d26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc6afbba8cdef99da7bad1354b95d73b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c43faf89426d095a913f1a90dc6584.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c091bb74c7e2edf12be0dfb5301507f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dde81b2d06c0c6b352cb829441033d26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c72f6744e420358b091f4de3376e91f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>