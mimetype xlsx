--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7dd6d08daa0ae153232fbe3a5a35ea4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d09aefadd053de50f465762bc33fae8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e36ac4e14e207d5b5062b7814575c7b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a14d1b10b44f9089774ccae4ddf412ad.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7dd6d08daa0ae153232fbe3a5a35ea4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07ad44793e0da4528710d2c3dfdd03d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e36ac4e14e207d5b5062b7814575c7b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c5de02b8c8acf27b04d5ca3def2c4dc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7dd6d08daa0ae153232fbe3a5a35ea4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43ec7610039f67b67fbe84df1b984aae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e36ac4e14e207d5b5062b7814575c7b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/240ae517176cacbbada7cc91535e4a7f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7dd6d08daa0ae153232fbe3a5a35ea4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94e85c5f9db3245750679dd888e22657.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e36ac4e14e207d5b5062b7814575c7b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e0e6549da8fe3a078aa0d64c220c1c3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7dd6d08daa0ae153232fbe3a5a35ea4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d39845b329135176459fe55e40ddddde.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e36ac4e14e207d5b5062b7814575c7b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bab2be87d55f2a7e294f8ebdce15f6fc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7dd6d08daa0ae153232fbe3a5a35ea4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0755227efb18ee10ec1e71fdd83e8867.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e36ac4e14e207d5b5062b7814575c7b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6aec7eee4752329e1d2f54308fef707.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7dd6d08daa0ae153232fbe3a5a35ea4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10cd0d8c692793328c35395e9e3319ff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e36ac4e14e207d5b5062b7814575c7b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64af6c47abf9234013ee20b24588ee88.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7dd6d08daa0ae153232fbe3a5a35ea4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a0049943a488824e0c370c7986c13c6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e36ac4e14e207d5b5062b7814575c7b6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7167cd7845ccd01e6a1687bd97530520.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>