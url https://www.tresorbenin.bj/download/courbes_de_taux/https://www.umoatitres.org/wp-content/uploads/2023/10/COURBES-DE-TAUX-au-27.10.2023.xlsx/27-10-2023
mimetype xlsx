--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -489,79 +489,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/214e55cd4e585a87a334fe5321ed7bc9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3661ec5a8b21ca014303271b69febc5d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc45ad80bb0ba56dc11e209a70bbbe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72c8a865b96536f195ec0e53f5adfa37.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/214e55cd4e585a87a334fe5321ed7bc9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2ecabed076efbf6f62153985e6dcbdf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc45ad80bb0ba56dc11e209a70bbbe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10fc5c12f9beda8d534852ca980240e6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/214e55cd4e585a87a334fe5321ed7bc9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e31082895ac27ff7643a83a30dd6e2f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc45ad80bb0ba56dc11e209a70bbbe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bc250870bf7d0e69acf5598b02f2296.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/214e55cd4e585a87a334fe5321ed7bc9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/608c9c0c04ea8a12027fa18f63148658.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc45ad80bb0ba56dc11e209a70bbbe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1aac89bb626a55c302d5eb57363f6db.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/214e55cd4e585a87a334fe5321ed7bc9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5147cf37cc8e8f4d8d6908713855ceb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc45ad80bb0ba56dc11e209a70bbbe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7731e79fbf2fbcc7c34e741c4d973a83.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/214e55cd4e585a87a334fe5321ed7bc9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40fe0a64cb44f741f140ecdd050e69d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc45ad80bb0ba56dc11e209a70bbbe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55e13adca957bf96262a28d719ea8e34.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/214e55cd4e585a87a334fe5321ed7bc9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa674ed363e2287964cd39f46ea27da7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc45ad80bb0ba56dc11e209a70bbbe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6753a5ed816944933f50ade7c3529e63.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/214e55cd4e585a87a334fe5321ed7bc9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5add803690426f9881895ab825dc252c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc45ad80bb0ba56dc11e209a70bbbe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5873074a299049f2aa7979f5d5b3dd29.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>