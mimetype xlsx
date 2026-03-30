--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -489,79 +489,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc45ad80bb0ba56dc11e209a70bbbe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72c8a865b96536f195ec0e53f5adfa37.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ea3582c0d0d3cb584f310498b14037a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5dd0342aa8f911c71a4c13796584e90.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc45ad80bb0ba56dc11e209a70bbbe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10fc5c12f9beda8d534852ca980240e6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ea3582c0d0d3cb584f310498b14037a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16673f73e7f482354499635f9a4f7cba.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc45ad80bb0ba56dc11e209a70bbbe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bc250870bf7d0e69acf5598b02f2296.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ea3582c0d0d3cb584f310498b14037a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aaa875e2b4394db891df07571dacaee.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc45ad80bb0ba56dc11e209a70bbbe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1aac89bb626a55c302d5eb57363f6db.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ea3582c0d0d3cb584f310498b14037a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3a251970fa9970795ca51c37512c5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc45ad80bb0ba56dc11e209a70bbbe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7731e79fbf2fbcc7c34e741c4d973a83.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ea3582c0d0d3cb584f310498b14037a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f66b1c2cc9c1236ebbef44b116d65a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc45ad80bb0ba56dc11e209a70bbbe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55e13adca957bf96262a28d719ea8e34.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ea3582c0d0d3cb584f310498b14037a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9cf88503b90ce0987ed747687a72665.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc45ad80bb0ba56dc11e209a70bbbe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6753a5ed816944933f50ade7c3529e63.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ea3582c0d0d3cb584f310498b14037a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfbe667e484106da8557cf0d1c56797d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc45ad80bb0ba56dc11e209a70bbbe8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5873074a299049f2aa7979f5d5b3dd29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ea3582c0d0d3cb584f310498b14037a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b6695afb8df233576815f77c6c8d423.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>