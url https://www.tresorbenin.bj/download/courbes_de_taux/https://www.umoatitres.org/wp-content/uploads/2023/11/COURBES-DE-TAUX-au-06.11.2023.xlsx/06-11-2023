--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca780843835aed20a6422df8c0efe36b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30f6919ae13989059e1356771fbf24c1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b415e357ce607f2678b4410f03f1313.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c14f8801e6b5e4fcc9ff2f237e5c0fd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca780843835aed20a6422df8c0efe36b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b5417015dc526224685b854e01a8189.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b415e357ce607f2678b4410f03f1313.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a057541ffdee6e510c321aaef3b5a71a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca780843835aed20a6422df8c0efe36b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/769092222cd07fa0209a5d3fd9054385.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b415e357ce607f2678b4410f03f1313.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b12aa96a3d6edb198fe2a58bfa38488.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca780843835aed20a6422df8c0efe36b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41f406dd0a3cd488cc251e87ae6049ed.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b415e357ce607f2678b4410f03f1313.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/120a3581661f7d63860947afe569ae13.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca780843835aed20a6422df8c0efe36b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79683bdb6425fd4e0dd54006339a1091.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b415e357ce607f2678b4410f03f1313.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a911e2fb62af8c709195c1482dcfbfc5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca780843835aed20a6422df8c0efe36b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f17a7ee63a4ff4e65735fb6955b7913.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b415e357ce607f2678b4410f03f1313.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d4521f07497a219f6a652978ea36e20.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca780843835aed20a6422df8c0efe36b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80f440b99c576c396bdc6cf820c56d68.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b415e357ce607f2678b4410f03f1313.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc7d8d4448250c6b5083be2057126905.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca780843835aed20a6422df8c0efe36b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e1c769254f8b409a85b453fc6802b3e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b415e357ce607f2678b4410f03f1313.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c547535607397987c73a12a07af62b7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>