--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdb3cd9903b5d8d2c7b07a42c8d27a9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb107dacd85dbc58178ef014209cefcc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3f57f5838d06193be2b04ac187a6dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e1fa8e41ce5f747b03f269448b758e2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdb3cd9903b5d8d2c7b07a42c8d27a9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58bb3a44ebcd12bddfd500767c582c51.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3f57f5838d06193be2b04ac187a6dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/428a9d517109dbd35c8c0dc8dcd72b50.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdb3cd9903b5d8d2c7b07a42c8d27a9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e7b171a737a0acd0b39d0c61154baec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3f57f5838d06193be2b04ac187a6dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd11b1c4aad1cbc499e918f64231a46d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdb3cd9903b5d8d2c7b07a42c8d27a9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eea552323166f93e90863cd114f13308.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3f57f5838d06193be2b04ac187a6dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2764620bdef9de868fa7f7938bcb399.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdb3cd9903b5d8d2c7b07a42c8d27a9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36ee686bfe23cae4f2321df460ce0798.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3f57f5838d06193be2b04ac187a6dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46bb75633487a906977b031f0d51b520.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdb3cd9903b5d8d2c7b07a42c8d27a9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7ddc4d389c2c291298b883249f62b8d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3f57f5838d06193be2b04ac187a6dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43e39646a229c1b446d27f6a6169dba4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdb3cd9903b5d8d2c7b07a42c8d27a9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e50558ae5b2a4a742be9558b98634563.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3f57f5838d06193be2b04ac187a6dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/416bfc4337d9c43805bfaa66d72851c4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdb3cd9903b5d8d2c7b07a42c8d27a9e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cc6e8c2a3d3b751f9c32aeed889b9e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3f57f5838d06193be2b04ac187a6dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5522f066f4e6362114249efdda77e319.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>