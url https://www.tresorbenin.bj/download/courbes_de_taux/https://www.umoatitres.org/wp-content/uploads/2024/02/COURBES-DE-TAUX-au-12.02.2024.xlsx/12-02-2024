--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3f57f5838d06193be2b04ac187a6dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e1fa8e41ce5f747b03f269448b758e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa50f3bed78a7f72d2663fd83a61e508.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2ae1bd76cf53f485fce5112f32d6f90.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3f57f5838d06193be2b04ac187a6dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/428a9d517109dbd35c8c0dc8dcd72b50.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa50f3bed78a7f72d2663fd83a61e508.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c9ba0a0eff11e133e80f64ab2d5fb0e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3f57f5838d06193be2b04ac187a6dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd11b1c4aad1cbc499e918f64231a46d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa50f3bed78a7f72d2663fd83a61e508.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fac4fb6da055b41192f34269cfdb6e48.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3f57f5838d06193be2b04ac187a6dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2764620bdef9de868fa7f7938bcb399.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa50f3bed78a7f72d2663fd83a61e508.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4c211481315838b2adf6ef6b6f0d992.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3f57f5838d06193be2b04ac187a6dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46bb75633487a906977b031f0d51b520.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa50f3bed78a7f72d2663fd83a61e508.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1637811aa8fcf7acbb1dfe4bd4caf65.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3f57f5838d06193be2b04ac187a6dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43e39646a229c1b446d27f6a6169dba4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa50f3bed78a7f72d2663fd83a61e508.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cb2821b752307c5aa3642883514bb13.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3f57f5838d06193be2b04ac187a6dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/416bfc4337d9c43805bfaa66d72851c4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa50f3bed78a7f72d2663fd83a61e508.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d488d9e1b82f43bbb9dc270fe7eba2d3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3f57f5838d06193be2b04ac187a6dc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5522f066f4e6362114249efdda77e319.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa50f3bed78a7f72d2663fd83a61e508.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/555cc5ea3b950aa2f7d7946ed42491c4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>