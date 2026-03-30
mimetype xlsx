--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67a2e76b48d1c4946cc154a93708e699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d4ed41913145e49ba238eb8cd9fb61f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded23d7152fa9c8f4c3e30324932e0f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379ad34e3f67307ea6f28e743ddda992.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67a2e76b48d1c4946cc154a93708e699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d41727d72cc9e303c2b09ab4167e6cbe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded23d7152fa9c8f4c3e30324932e0f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a196472b13a9b3a458eb0f2e4b51236.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67a2e76b48d1c4946cc154a93708e699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/664147e4cf3dd95493fdf129c0290901.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded23d7152fa9c8f4c3e30324932e0f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f759f7e2f6949d6df49a716dba7997bd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67a2e76b48d1c4946cc154a93708e699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a78a5eac9036d9f5b8c96614b965eaa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded23d7152fa9c8f4c3e30324932e0f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/199c559ad0c023696bfac627f1eb5b85.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67a2e76b48d1c4946cc154a93708e699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73348c5dbb4eb06d6ccd608e8d9951a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded23d7152fa9c8f4c3e30324932e0f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e921d9280885666f7111915b91e9c1e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67a2e76b48d1c4946cc154a93708e699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48adf86e77a14b5845fbd948242da2b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded23d7152fa9c8f4c3e30324932e0f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15177aa42bd7b2671ca3a13b92f4c32a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67a2e76b48d1c4946cc154a93708e699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3497005e66dab017d9489cbf3389d545.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded23d7152fa9c8f4c3e30324932e0f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e4ae1a6d1b3d81e936d9f0320e82f8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67a2e76b48d1c4946cc154a93708e699.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d7b2c8c1611ac0a3301e741843af6f6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded23d7152fa9c8f4c3e30324932e0f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17fe2c07e00d20295d7ba46cbe01e4d6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>