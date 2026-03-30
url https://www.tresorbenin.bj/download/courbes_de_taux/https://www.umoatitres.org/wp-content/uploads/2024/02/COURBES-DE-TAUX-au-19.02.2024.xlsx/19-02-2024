--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded23d7152fa9c8f4c3e30324932e0f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/379ad34e3f67307ea6f28e743ddda992.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56da52ca978f48fd73fc2a843f05d408.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a052609a584e1622341b156bedaf64d8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded23d7152fa9c8f4c3e30324932e0f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a196472b13a9b3a458eb0f2e4b51236.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56da52ca978f48fd73fc2a843f05d408.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/677d17c7e1100d3039a473377e899f3a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded23d7152fa9c8f4c3e30324932e0f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f759f7e2f6949d6df49a716dba7997bd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56da52ca978f48fd73fc2a843f05d408.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63e1798534283f97f23b97265ec6d41e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded23d7152fa9c8f4c3e30324932e0f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/199c559ad0c023696bfac627f1eb5b85.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56da52ca978f48fd73fc2a843f05d408.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9adea2bf3e992ee69c58c327cbb8952a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded23d7152fa9c8f4c3e30324932e0f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e921d9280885666f7111915b91e9c1e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56da52ca978f48fd73fc2a843f05d408.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a92ca5a33ebf04bf58853096ed984be3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded23d7152fa9c8f4c3e30324932e0f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15177aa42bd7b2671ca3a13b92f4c32a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56da52ca978f48fd73fc2a843f05d408.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca3af18e852eacfda2c4d7efc7672481.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded23d7152fa9c8f4c3e30324932e0f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e4ae1a6d1b3d81e936d9f0320e82f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56da52ca978f48fd73fc2a843f05d408.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2669ccad4674eb22be7a4044c6e7004.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded23d7152fa9c8f4c3e30324932e0f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17fe2c07e00d20295d7ba46cbe01e4d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56da52ca978f48fd73fc2a843f05d408.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/958db69081337c38f61089cd9184a423.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>