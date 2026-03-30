--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/729f3e8551ad6b7d9b57a34e072119bb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb6bae0f55b8f7cb348c13b7933e8ebe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d783508bdf2ea99f62dbbae1dddac683.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab1a44834106ddd5c1dc5ae815b70c4d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/729f3e8551ad6b7d9b57a34e072119bb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecc3270f11c2c948b0b11b2086971713.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d783508bdf2ea99f62dbbae1dddac683.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802547b683938c52c499a2400690b564.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/729f3e8551ad6b7d9b57a34e072119bb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf57f320557f505de241202d0d3eaf39.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d783508bdf2ea99f62dbbae1dddac683.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e01104f2bb1bf455de74e7d87c028d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/729f3e8551ad6b7d9b57a34e072119bb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c6d02c1b4af1a238880cdf7470e759b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d783508bdf2ea99f62dbbae1dddac683.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71182007d7f119a89b7a5c46455d7262.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/729f3e8551ad6b7d9b57a34e072119bb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9988db79d077d3cd3e20081b1729b47.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d783508bdf2ea99f62dbbae1dddac683.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34923d8e479a028940f3a0b7e50a8df1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/729f3e8551ad6b7d9b57a34e072119bb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d890e4960704df26dd2717ea78635676.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d783508bdf2ea99f62dbbae1dddac683.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b60a2e6b2f6129dfd6336939fb9a894.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/729f3e8551ad6b7d9b57a34e072119bb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/978769ba938bc439c8f3620385712842.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d783508bdf2ea99f62dbbae1dddac683.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2c8d7cd47db8e2eab3431c19792e7b1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/729f3e8551ad6b7d9b57a34e072119bb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ad9d4d8baa6cd5cd06fdf91e7640cb5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d783508bdf2ea99f62dbbae1dddac683.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcfddf93b8fd1036077fa932d3349e2e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>