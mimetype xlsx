--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1f043953041a2f2877e135cd2c4efb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/552f96786d24eb117b6d6c90eb6eebff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea04f77fcf64f6a206effca40e5b6664.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27c7e16244509f8d6d2c52dd4605636c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1f043953041a2f2877e135cd2c4efb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c474590d5bcb19755f862f41fe82b76.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea04f77fcf64f6a206effca40e5b6664.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/448fdbd3199a5c9aff143767f766ede5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1f043953041a2f2877e135cd2c4efb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8304e8241efab680703f248a11e30c56.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea04f77fcf64f6a206effca40e5b6664.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff5d8af555c8e2c10c7e3873c9fbc80b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1f043953041a2f2877e135cd2c4efb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beaaa7f00d3e1e2c9dc9aa8e04ddf8a5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea04f77fcf64f6a206effca40e5b6664.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f54df4a61f99ac534346f1dc3a6ddbd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1f043953041a2f2877e135cd2c4efb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e03ffa46e031fdab154e05ebf80d3b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea04f77fcf64f6a206effca40e5b6664.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04682ea1e290d8ebcc8e5b50c139c327.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1f043953041a2f2877e135cd2c4efb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/479b750dd88365f13b3ded48cbd6b5f7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea04f77fcf64f6a206effca40e5b6664.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/452ba5d9f236b5cd0d0daae137afbec5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1f043953041a2f2877e135cd2c4efb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d6fd17d98abd83565601898aafa5f6b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea04f77fcf64f6a206effca40e5b6664.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3eb707f6412ac60009fb3a7ae7fba57.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1f043953041a2f2877e135cd2c4efb4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8724645e8d26da84d7129a4ae490f69e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea04f77fcf64f6a206effca40e5b6664.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d5f8dd1a0d7a93e921c5ee4b2742838.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>