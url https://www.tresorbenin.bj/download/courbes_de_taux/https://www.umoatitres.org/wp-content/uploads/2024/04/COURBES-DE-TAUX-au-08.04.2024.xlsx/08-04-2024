--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab3d0ea80841dc5d07dc19d7af60065c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6612e62326d5ab545c6a6879cd205839.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/706827dc2980f2afe5e20e0fea2114d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a95909aaf3f4dda92fc8c0d570aa1e37.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab3d0ea80841dc5d07dc19d7af60065c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca47f1179309c7b283c6272281dae324.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/706827dc2980f2afe5e20e0fea2114d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ddcf2ecfdfa28b0e510c9a3963bcc02.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab3d0ea80841dc5d07dc19d7af60065c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2eb1a5c9cd69e72b27a11f7a7e8fd1af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/706827dc2980f2afe5e20e0fea2114d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d9957752bf3a1c27803583deda5d618.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab3d0ea80841dc5d07dc19d7af60065c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b2e31298308fe3196e17a00f36f8ba9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/706827dc2980f2afe5e20e0fea2114d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d019228c9a46efdc4ff58d30c6e5f09.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab3d0ea80841dc5d07dc19d7af60065c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f80ea5f2cc36400646e20f15906b5fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/706827dc2980f2afe5e20e0fea2114d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e465b937f61ca8c4bd65e7d1d101a171.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab3d0ea80841dc5d07dc19d7af60065c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7cd53bca35d9f2e6ecb8c0c8b9cb95a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/706827dc2980f2afe5e20e0fea2114d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0b51636d073c086dd5c4913396c9e31.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab3d0ea80841dc5d07dc19d7af60065c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71ef102b4ab6212b18fa24efa34bb351.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/706827dc2980f2afe5e20e0fea2114d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f60731e551cc63585dba17dcf53ac427.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab3d0ea80841dc5d07dc19d7af60065c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66214df284f6c8d128d77ecdba23a8dc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/706827dc2980f2afe5e20e0fea2114d3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f17b7175c8a1024f7701a307ef81130.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>