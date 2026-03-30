--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e74c84bc2a46e0836d2e8a4a2b35a7f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a68a044ae21e71d36f61a588376a4c14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05bca93ee7439034f980a44d1dc461ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a7f250edcaf9fda7ec27b2492383cec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e74c84bc2a46e0836d2e8a4a2b35a7f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9e14c63af0961c79cff72ba90c0c396.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05bca93ee7439034f980a44d1dc461ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69417897fd58b0ce933fca7bea32b8e3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e74c84bc2a46e0836d2e8a4a2b35a7f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14d6315fd7e244cf89023b342b3b77fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05bca93ee7439034f980a44d1dc461ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e35deb514411e195de8f87eecf57751.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e74c84bc2a46e0836d2e8a4a2b35a7f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64ab66bc2e7e5d1f3258ddff0021ae37.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05bca93ee7439034f980a44d1dc461ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70cf6dc58c5eb4b51443ca51ad6cca1b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e74c84bc2a46e0836d2e8a4a2b35a7f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c58db426707cb237dcc026761d77be6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05bca93ee7439034f980a44d1dc461ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db555a0d6918ba2477175343bcdae313.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e74c84bc2a46e0836d2e8a4a2b35a7f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f838c64c16bd86219bdab53df168e02.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05bca93ee7439034f980a44d1dc461ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c597f5cd5f951ac9db21a367dfa2b59.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e74c84bc2a46e0836d2e8a4a2b35a7f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5595fe2e838d86b6e9b335f666697acc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05bca93ee7439034f980a44d1dc461ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5590496d02e61f1f90618ddece708488.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e74c84bc2a46e0836d2e8a4a2b35a7f7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80da724ddc8d7b41b55362967fe8ab6f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05bca93ee7439034f980a44d1dc461ff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f322f23cd3c934642d04552fb3f8d8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>