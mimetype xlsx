--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f80012a46c0b18220ceceb7670c1651b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c95d5c34596a7df3bac3ebaf474a1b74.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0d364722c014e05408fcab783a08766.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ea1649ad55551e77785d77ecfcc27eb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f80012a46c0b18220ceceb7670c1651b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54f4b167fdadd3fe586ff8d2f6929a7e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0d364722c014e05408fcab783a08766.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/550a963b2a030366ea8e3b90748262db.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f80012a46c0b18220ceceb7670c1651b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f23a3e63453d8a5828fea942f6f6a49.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0d364722c014e05408fcab783a08766.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f796d733b3391d5e0e3f70d72a97c363.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f80012a46c0b18220ceceb7670c1651b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75e8113cf2641094e32496d89019b45e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0d364722c014e05408fcab783a08766.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10ec3885a594e4c0ad40414dcbfc1547.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f80012a46c0b18220ceceb7670c1651b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df971f5343cc52c73f4529320a03064a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0d364722c014e05408fcab783a08766.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94abe13208576e611f4fdfd144846a55.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f80012a46c0b18220ceceb7670c1651b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0979c00370d95c606f2d1851bcf9cb59.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0d364722c014e05408fcab783a08766.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e7c83baed6130fda79177a7481b2ff7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f80012a46c0b18220ceceb7670c1651b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41b913d90d69f020e429f1a1025da5c5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0d364722c014e05408fcab783a08766.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14ea7662cac6c56af79d33385393dd8d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f80012a46c0b18220ceceb7670c1651b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01ff91ffc26ac08f4cb14e8ed4205a16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0d364722c014e05408fcab783a08766.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f4564abbd0c8140258d8a1d0c35326.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>