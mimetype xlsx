--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a87015947869168d4d9e973331cf6fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800a6b79cefd232592135cc57c5f0851.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88fc137e2a0c392cb04f8d5730ec53cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd65f1969402b8f5e94c5f68cd4e3dd9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a87015947869168d4d9e973331cf6fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa9d59f2bd20dcb8e4bc62c919a58995.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88fc137e2a0c392cb04f8d5730ec53cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed3963019db758232ee6a99269859206.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a87015947869168d4d9e973331cf6fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582ece9ee869cb666a9a48d126bdf118.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88fc137e2a0c392cb04f8d5730ec53cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9440e047bbd9b6b64315c2cded0aaf4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a87015947869168d4d9e973331cf6fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2dd55ad3687cdbd7a57424375db1721.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88fc137e2a0c392cb04f8d5730ec53cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884b3efcb1c61cbe4d85a62c461358a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a87015947869168d4d9e973331cf6fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59cd8bc82beda0186e53d22dd0d6789b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88fc137e2a0c392cb04f8d5730ec53cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89063f8eada99a5b350e66881c059a12.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a87015947869168d4d9e973331cf6fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1315e4b25cb33c84e30d7f0ca6f557fc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88fc137e2a0c392cb04f8d5730ec53cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83314a177bcb095c3bd77f9462f321b0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a87015947869168d4d9e973331cf6fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eb99ecff389d7c0d103b74193c98ea1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88fc137e2a0c392cb04f8d5730ec53cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c587bae7bb836c24f335fde93728bb5a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a87015947869168d4d9e973331cf6fc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca63e53dc44f2e88dc7e64f093b3348b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88fc137e2a0c392cb04f8d5730ec53cd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff0e738de165754785de964d8142bc85.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>