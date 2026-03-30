--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf9c7061bf2ba41c2abce735f39484f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8cc9d180612ca695660329f26dd063c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8395b7b188bb8bdfa38c949a9daa83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b404b176d398abc01f96fb78e60140f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf9c7061bf2ba41c2abce735f39484f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/358dd2c54346c078d44a439944e48d1e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8395b7b188bb8bdfa38c949a9daa83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94577b3b30ba0676225a71dee923f5bf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf9c7061bf2ba41c2abce735f39484f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1842d3d4352cb8392bc703292d99092f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8395b7b188bb8bdfa38c949a9daa83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d88ce561e2d632881312cdd68223706.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf9c7061bf2ba41c2abce735f39484f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140e3da0f8835931d7e4b3af368ce728.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8395b7b188bb8bdfa38c949a9daa83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48e3d8a26a7599cdd92a7a592815bea8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf9c7061bf2ba41c2abce735f39484f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89b9843a7f45a79900cc0d658ab0d88.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8395b7b188bb8bdfa38c949a9daa83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b33fc9e32564538f06955aaad9ff61b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf9c7061bf2ba41c2abce735f39484f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5ac3d0e2fe764f59d45e040ada0b57f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8395b7b188bb8bdfa38c949a9daa83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27537f3d24765f88c944effadbbb3da1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf9c7061bf2ba41c2abce735f39484f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40b8df3904a1f24614b028e024042472.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8395b7b188bb8bdfa38c949a9daa83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee2d82735d3c58f22ccecfdcbd4fad9f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf9c7061bf2ba41c2abce735f39484f1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5bfc75d2008e3b51043edcc5d56cd4d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8395b7b188bb8bdfa38c949a9daa83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d4e35be73e088b263637b8bb7ce0b10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>