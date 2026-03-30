--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8395b7b188bb8bdfa38c949a9daa83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b404b176d398abc01f96fb78e60140f7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/473fadabbb677f351312d91f3fa8f450.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/259b084fa65936e58d936d90a67ec719.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8395b7b188bb8bdfa38c949a9daa83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94577b3b30ba0676225a71dee923f5bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/473fadabbb677f351312d91f3fa8f450.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f504dcc9f4059df91cf8a72013762968.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8395b7b188bb8bdfa38c949a9daa83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d88ce561e2d632881312cdd68223706.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/473fadabbb677f351312d91f3fa8f450.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/406962fcc31f9c7e42adcd2ee355d201.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8395b7b188bb8bdfa38c949a9daa83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48e3d8a26a7599cdd92a7a592815bea8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/473fadabbb677f351312d91f3fa8f450.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c268ad3c3b29e33e0b2d4a9c221507ed.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8395b7b188bb8bdfa38c949a9daa83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b33fc9e32564538f06955aaad9ff61b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/473fadabbb677f351312d91f3fa8f450.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65d0eb0d13ae297c73e4d5bdaa53c12.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8395b7b188bb8bdfa38c949a9daa83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27537f3d24765f88c944effadbbb3da1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/473fadabbb677f351312d91f3fa8f450.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09144c5a73ebcb6a7a4233fad7e0ae8a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8395b7b188bb8bdfa38c949a9daa83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee2d82735d3c58f22ccecfdcbd4fad9f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/473fadabbb677f351312d91f3fa8f450.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ec83d9bc1320b63d7a4fe35778bec32.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa8395b7b188bb8bdfa38c949a9daa83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d4e35be73e088b263637b8bb7ce0b10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/473fadabbb677f351312d91f3fa8f450.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5e5004ec03edc1b495451056a817484.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>