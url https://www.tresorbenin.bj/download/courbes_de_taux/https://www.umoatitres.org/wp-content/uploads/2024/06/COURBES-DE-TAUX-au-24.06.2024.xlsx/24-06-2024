--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c91a9c70e8cdd40451f19a82b323e8c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fe312c3d4663a4e36af37e3f0979948.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e55f6d7ccf2c95a823ce7e19240348.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a863a791cf10b2ae71bad0791a94952.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c91a9c70e8cdd40451f19a82b323e8c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d76e2567067ecb7d7d69cece1978498d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e55f6d7ccf2c95a823ce7e19240348.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4678f77fc33c4ec7ac842ac3bc85a96.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c91a9c70e8cdd40451f19a82b323e8c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63b52cae3118c42d2ffcf4c10d2e82d4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e55f6d7ccf2c95a823ce7e19240348.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b2a46b4e0836f7182788cec3d2e09e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c91a9c70e8cdd40451f19a82b323e8c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe666099e0f531d086e8dde84e01a976.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e55f6d7ccf2c95a823ce7e19240348.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29090573655952d78862649c1763b474.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c91a9c70e8cdd40451f19a82b323e8c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89cfde1ffa5a47ff79e949e4f687a62.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e55f6d7ccf2c95a823ce7e19240348.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6b8807de70d9120062de06d34cb0eb3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c91a9c70e8cdd40451f19a82b323e8c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91a9f0384f8731faf04cd380d20a6634.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e55f6d7ccf2c95a823ce7e19240348.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a159409a4d2feaf84e2c2d3e247907c0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c91a9c70e8cdd40451f19a82b323e8c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a31255d1a6f36b336bd83d76e5b93bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e55f6d7ccf2c95a823ce7e19240348.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c0998cd6147809654fcfc775f7cc1ab.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c91a9c70e8cdd40451f19a82b323e8c1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800e07899b8fdbae443f68feea440f64.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e55f6d7ccf2c95a823ce7e19240348.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f084a63ad7a884fa916a367a113c8f2e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>