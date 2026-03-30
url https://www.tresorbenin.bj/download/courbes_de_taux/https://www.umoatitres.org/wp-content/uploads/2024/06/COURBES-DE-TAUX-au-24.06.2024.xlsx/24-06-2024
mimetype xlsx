--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e55f6d7ccf2c95a823ce7e19240348.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a863a791cf10b2ae71bad0791a94952.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692628119d3e585190059cd87bbc58e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f1e0394ab5dcb5eaaa2cdec4de33ca.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e55f6d7ccf2c95a823ce7e19240348.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4678f77fc33c4ec7ac842ac3bc85a96.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692628119d3e585190059cd87bbc58e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/200e8e3011148d892fbccbce92b704bb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e55f6d7ccf2c95a823ce7e19240348.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b2a46b4e0836f7182788cec3d2e09e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692628119d3e585190059cd87bbc58e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/748eddfb6d73350e98121bd2b82c795a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e55f6d7ccf2c95a823ce7e19240348.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29090573655952d78862649c1763b474.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692628119d3e585190059cd87bbc58e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f2cc1df1c9412c50eb8dac8419707a2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e55f6d7ccf2c95a823ce7e19240348.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6b8807de70d9120062de06d34cb0eb3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692628119d3e585190059cd87bbc58e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd1c4d339d5ab420a8d63e1aa156c6a7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e55f6d7ccf2c95a823ce7e19240348.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a159409a4d2feaf84e2c2d3e247907c0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692628119d3e585190059cd87bbc58e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9250a81856db5709e17f7509be18572.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e55f6d7ccf2c95a823ce7e19240348.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c0998cd6147809654fcfc775f7cc1ab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692628119d3e585190059cd87bbc58e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfb9be55a5e6a5a6a218e93e02aba798.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e55f6d7ccf2c95a823ce7e19240348.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f084a63ad7a884fa916a367a113c8f2e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692628119d3e585190059cd87bbc58e8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63d4dae2c379a0d8dbfb797ea918efa8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>