--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ee346b081b6d8aa35cfcf3c5b547fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41cfab85417ab19cdb54fae2d51df68c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834fb01648c4cad75dc6c058d7bd1abb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5181b61e08e2251f559f7f8a22f49337.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ee346b081b6d8aa35cfcf3c5b547fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f01eb95e3403de506ff5e24ead6f65a8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834fb01648c4cad75dc6c058d7bd1abb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6013a49d536173cc87886d0f79e4bafa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ee346b081b6d8aa35cfcf3c5b547fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d891077b7199e6a849ee315924658fd1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834fb01648c4cad75dc6c058d7bd1abb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe43ba240a1a755ae57f2eba6e9b9a67.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ee346b081b6d8aa35cfcf3c5b547fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40a745f7821b31f3edf1798e444feb88.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834fb01648c4cad75dc6c058d7bd1abb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bad848ab84af94ebd4415d97739e5417.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ee346b081b6d8aa35cfcf3c5b547fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aa3d15b72cc6b7841db9692048b7724.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834fb01648c4cad75dc6c058d7bd1abb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a393a6c09de75cf5786f401bc3bd04b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ee346b081b6d8aa35cfcf3c5b547fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f77848c3035ecf9bfc7d9736cc4f72ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834fb01648c4cad75dc6c058d7bd1abb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b3c99ff47858fc33a34592906215d2f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ee346b081b6d8aa35cfcf3c5b547fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cac12ec1a953f5de6592901da609c013.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834fb01648c4cad75dc6c058d7bd1abb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c70e19098b9f4adf74dd52bf28947789.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ee346b081b6d8aa35cfcf3c5b547fb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0828cb57cbb09db54ed04e6eea56fb8b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834fb01648c4cad75dc6c058d7bd1abb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2adb21ea094caeb531680d27affcff2e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>