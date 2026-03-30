--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b406f13b3265863602db0456b43ee582.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91338bf01c34b748381c88926b8c7bc9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d275297dbaa3732e97b4e13e3a4d86ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b3788df712c0cf87b4ff2df3c46b4c7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b406f13b3265863602db0456b43ee582.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80993fb7552aeaa4c1ba3e8ad88174df.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d275297dbaa3732e97b4e13e3a4d86ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e3d352d80eacd876113692e7adc2193.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b406f13b3265863602db0456b43ee582.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8310c9d9b111c133ac3c5d48b2e6f87d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d275297dbaa3732e97b4e13e3a4d86ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1efc2e9742ec9987020e3cbecf7874d9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b406f13b3265863602db0456b43ee582.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd81d14a671ed0af3237c233c1e179a7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d275297dbaa3732e97b4e13e3a4d86ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d67311bcc47611a9b2a9bfd0c8c9b8a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b406f13b3265863602db0456b43ee582.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7dcfe987c8341570f1f7a34f5135d1f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d275297dbaa3732e97b4e13e3a4d86ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b2c3ccc434a4873f5710e278cf07923.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b406f13b3265863602db0456b43ee582.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233fd1e469138132ab567462692f5799.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d275297dbaa3732e97b4e13e3a4d86ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e987cd05b9d7dd3f8b5e2fd58e01a01.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b406f13b3265863602db0456b43ee582.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f4c954b7a4b46bcf443b47c685d85a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d275297dbaa3732e97b4e13e3a4d86ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43bdaec834bffad1f0d6961917e41071.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b406f13b3265863602db0456b43ee582.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4ae6570b45a310f5ae8f54d652b6594.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d275297dbaa3732e97b4e13e3a4d86ac.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4d6ca8408609e7f9b51550e153eb9b1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>