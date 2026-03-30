--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecfeee91c05e92c1e4130d462c49301.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4350b70e7cdce8720c43d27f62895cad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ae0efafe76343afe082b08f48ffe706.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb2d8235603dd98feeb47d75f285d7cc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecfeee91c05e92c1e4130d462c49301.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4e6c2a89a6556c35dfa8d2644fb2d35.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ae0efafe76343afe082b08f48ffe706.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11f748fcdb45c9f185a161170bfbaa9d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecfeee91c05e92c1e4130d462c49301.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15da83caf2b51fa57f11da3129d3e8f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ae0efafe76343afe082b08f48ffe706.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec8595ad87a1f84814fdd4ffd50ece91.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecfeee91c05e92c1e4130d462c49301.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fc83555679a7f0776f49b577a292c05.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ae0efafe76343afe082b08f48ffe706.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfe0c6129172d76c18c53e619de9623f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecfeee91c05e92c1e4130d462c49301.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5dc8dea79e990f1c8ad40fb148269b7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ae0efafe76343afe082b08f48ffe706.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00f255ba0337e5b3ba2baf1537d731db.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecfeee91c05e92c1e4130d462c49301.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02c97f2e63ccab6f8b58a481f1aaa4f5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ae0efafe76343afe082b08f48ffe706.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be95b67ee5e1ef447a4f5dffe1e25429.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecfeee91c05e92c1e4130d462c49301.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa7a694005538bb54ed62921419f7bec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ae0efafe76343afe082b08f48ffe706.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a0c51236d58110be4ba6f6646c5e5dd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecfeee91c05e92c1e4130d462c49301.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bf3582a0857d5b99c9626e816438f0e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ae0efafe76343afe082b08f48ffe706.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/401f4226bcbd0c4d1c49ede37d71b80b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>