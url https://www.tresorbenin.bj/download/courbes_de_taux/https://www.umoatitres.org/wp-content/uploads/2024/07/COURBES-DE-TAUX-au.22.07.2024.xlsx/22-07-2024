--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f898ba0cb9bad8807aef9a81d0c98e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07f7ca81b7f7752163295daec7072562.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69c98273b68550af13f89928c0d933db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dda19cf372d7bd7ef1f8c2ed55bdf775.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f898ba0cb9bad8807aef9a81d0c98e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e92dab3b996ec3a519ade98281a7bf5c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69c98273b68550af13f89928c0d933db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9158a6b12d0a2920daf1c3f0b6bbd11.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f898ba0cb9bad8807aef9a81d0c98e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c224f422270808dc29fd9bdf103d5d13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69c98273b68550af13f89928c0d933db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f40531be4e7a261bdacaed6f82b00a6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f898ba0cb9bad8807aef9a81d0c98e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c951af2c8ec53b2b94813c72af11fab4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69c98273b68550af13f89928c0d933db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2735401b7ea8b72cca7f686f62d1465.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f898ba0cb9bad8807aef9a81d0c98e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2951f0916a5dc9286c042d627a43687a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69c98273b68550af13f89928c0d933db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95d77fff4591db4bd8e7714fed3b60fa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f898ba0cb9bad8807aef9a81d0c98e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68314491db1ba357c075c52ac104244d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69c98273b68550af13f89928c0d933db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f23f08ecb1e0b2db6763436dd56a2887.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f898ba0cb9bad8807aef9a81d0c98e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bac7dcc1f0b19bab6a6f7c54f48af4b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69c98273b68550af13f89928c0d933db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef8e57fdce26e6999d7dbe916fc8173e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f898ba0cb9bad8807aef9a81d0c98e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f6dfb3c2f10ae816c4df9a8df38c706.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69c98273b68550af13f89928c0d933db.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87243868dc6d609669d5f90e9f936430.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>