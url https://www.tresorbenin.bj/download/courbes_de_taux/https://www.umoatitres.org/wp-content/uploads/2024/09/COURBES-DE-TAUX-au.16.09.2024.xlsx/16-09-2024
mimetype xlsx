--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de3a86ba71442674718c4680978f8463.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d71782668f565bc8af78b3121514ca0d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ea4aa0590d6eccd96242614af3c43f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b275b5ed4ab661a688016a028639ea0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de3a86ba71442674718c4680978f8463.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cd798c0a4bbcba1e4d738b587a3ca3a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ea4aa0590d6eccd96242614af3c43f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cde0d9ab1a937a10c0f41159f9e51d2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de3a86ba71442674718c4680978f8463.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd218773f3cb7fe0abed7fff02e2593.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ea4aa0590d6eccd96242614af3c43f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/205c479409e59e715944eb9c9dd808ec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de3a86ba71442674718c4680978f8463.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79d98f205a95c743164b0ecb612646bf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ea4aa0590d6eccd96242614af3c43f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599fe77829bfd5b2115f588363449173.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de3a86ba71442674718c4680978f8463.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463a39173858ae8d0dec228734709223.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ea4aa0590d6eccd96242614af3c43f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fe4d074d8fdcc7f1d93dca8d79ce09d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de3a86ba71442674718c4680978f8463.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b41bf6dc5f48a4f547370102289fcf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ea4aa0590d6eccd96242614af3c43f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37cc181487d6c122b5bf4f541057a27a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de3a86ba71442674718c4680978f8463.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084ebb2653662d3f23cc19d2fbecc4e1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ea4aa0590d6eccd96242614af3c43f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/718d94e4f2ef995948dcd1eba67f99b5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de3a86ba71442674718c4680978f8463.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b437ec8230e59c58774eadc957ed181a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ea4aa0590d6eccd96242614af3c43f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17eaf0595853d8abed9d2233bdff2660.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>