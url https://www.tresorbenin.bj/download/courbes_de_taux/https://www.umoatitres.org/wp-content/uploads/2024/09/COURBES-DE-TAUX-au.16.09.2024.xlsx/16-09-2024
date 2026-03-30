--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ea4aa0590d6eccd96242614af3c43f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b275b5ed4ab661a688016a028639ea0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0def753b46dac6b84eadf4b88977b5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/333e67c85e4731b13808bd3688e73493.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ea4aa0590d6eccd96242614af3c43f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cde0d9ab1a937a10c0f41159f9e51d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0def753b46dac6b84eadf4b88977b5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8bd87dd57387725fadb4d01437dc3b0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ea4aa0590d6eccd96242614af3c43f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/205c479409e59e715944eb9c9dd808ec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0def753b46dac6b84eadf4b88977b5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e4448f5e23d40c9b56c95d1e74dfe3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ea4aa0590d6eccd96242614af3c43f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599fe77829bfd5b2115f588363449173.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0def753b46dac6b84eadf4b88977b5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c57a8db4e93596e41f3869c2129856fa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ea4aa0590d6eccd96242614af3c43f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fe4d074d8fdcc7f1d93dca8d79ce09d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0def753b46dac6b84eadf4b88977b5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/197c0d265d124710489695e66e5690e9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ea4aa0590d6eccd96242614af3c43f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37cc181487d6c122b5bf4f541057a27a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0def753b46dac6b84eadf4b88977b5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11c97d57f8feb8dc348776335890664c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ea4aa0590d6eccd96242614af3c43f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/718d94e4f2ef995948dcd1eba67f99b5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0def753b46dac6b84eadf4b88977b5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e28c1e619b56a87c7e4eda670fb0da6a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ea4aa0590d6eccd96242614af3c43f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17eaf0595853d8abed9d2233bdff2660.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0def753b46dac6b84eadf4b88977b5a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/249f943bdb2b8d6325e4fbd8c60bb295.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>