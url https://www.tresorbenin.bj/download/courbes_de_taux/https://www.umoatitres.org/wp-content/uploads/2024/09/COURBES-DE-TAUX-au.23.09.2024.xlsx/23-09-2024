--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b96b40f669826a0a96883bffb0fbd8a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/718a1225c2f6001c1d58ebd8e8dfa4eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9124426d262793d634536a1096951f1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f4a702a44f9c361153d473a73082722.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b96b40f669826a0a96883bffb0fbd8a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98c460f9e1e43a43848a528e7070de7d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9124426d262793d634536a1096951f1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cf160d5cdf862982195492431b7174b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b96b40f669826a0a96883bffb0fbd8a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27ca53dd0cc29460f8ca3ef855e5a68e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9124426d262793d634536a1096951f1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6740faa03386e25b6e94b3324f15d9b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b96b40f669826a0a96883bffb0fbd8a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d38bebf45c5410d4f51c6953328208eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9124426d262793d634536a1096951f1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/803543faa20d9268ae50bd74bdefd13f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b96b40f669826a0a96883bffb0fbd8a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d011eb5c8de06adc9f377941ed5eb98.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9124426d262793d634536a1096951f1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f271a9aaa836b124b31917ebca7c639f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b96b40f669826a0a96883bffb0fbd8a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b10bfc6ffa193bace6cd9430ef2a55.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9124426d262793d634536a1096951f1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ee94417dee757d37f1a1a8137e99815.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b96b40f669826a0a96883bffb0fbd8a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09892f39122b887070353e620e048423.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9124426d262793d634536a1096951f1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aafe8019493638edc33f1e140b37ceb8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b96b40f669826a0a96883bffb0fbd8a6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4931ddb036076fabd1d7be78c0e5c909.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9124426d262793d634536a1096951f1a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56a44beaa03ab89debf1a8d3e3048c8c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>