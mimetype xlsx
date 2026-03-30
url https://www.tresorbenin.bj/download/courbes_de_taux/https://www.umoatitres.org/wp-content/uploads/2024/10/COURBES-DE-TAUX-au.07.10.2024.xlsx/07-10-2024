--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e8da74e4bb8fbf76b0942c789640455.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f540a7da51a11d01e8e9cf94de20749.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd88f00cc30eae10b1ee33b140283121.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/719943bd7edbef2faa416d8d3351b512.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e8da74e4bb8fbf76b0942c789640455.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd243c06c27d31cedff50b09ebdf9bc5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd88f00cc30eae10b1ee33b140283121.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2512826d81d9d6aec21b383c20cfde15.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e8da74e4bb8fbf76b0942c789640455.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1d7ce1ea56eb84d66ba6d94c829303a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd88f00cc30eae10b1ee33b140283121.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb6ab0592fce354cdcc5c2cab545e94c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e8da74e4bb8fbf76b0942c789640455.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2cb6d0df8326d4eeb8072555761b4cf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd88f00cc30eae10b1ee33b140283121.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68e4608567bd7a2144e57365bc8cd06c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e8da74e4bb8fbf76b0942c789640455.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af518feee712a0726d3fca0711b891cf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd88f00cc30eae10b1ee33b140283121.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78925a40eb6311a9a896a37583d9b216.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e8da74e4bb8fbf76b0942c789640455.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df91e779ee2b93f2593d3dd8826246d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd88f00cc30eae10b1ee33b140283121.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0742607e6d2b3eb4b71b1b7459801c4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e8da74e4bb8fbf76b0942c789640455.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370050138d78673d86bd3c125c192008.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd88f00cc30eae10b1ee33b140283121.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b7e4f154be872ef0c0ccfd7adf2244.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e8da74e4bb8fbf76b0942c789640455.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4845b5458e4692b2eb974d88237ccd69.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd88f00cc30eae10b1ee33b140283121.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c692d67fba6dae05980771f23b123e25.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>