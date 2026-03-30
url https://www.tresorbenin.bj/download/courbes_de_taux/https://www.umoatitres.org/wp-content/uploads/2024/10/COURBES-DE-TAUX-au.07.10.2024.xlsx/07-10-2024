--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd88f00cc30eae10b1ee33b140283121.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/719943bd7edbef2faa416d8d3351b512.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b778cbe117993eec87849b2accc41549.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04fcd8a8a6c7a563663fba14eebfc376.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd88f00cc30eae10b1ee33b140283121.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2512826d81d9d6aec21b383c20cfde15.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b778cbe117993eec87849b2accc41549.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60b1a45bec83784f63e8ef0a88709052.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd88f00cc30eae10b1ee33b140283121.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb6ab0592fce354cdcc5c2cab545e94c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b778cbe117993eec87849b2accc41549.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/047d54ae0f2fe61eb32cdda642156ae5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd88f00cc30eae10b1ee33b140283121.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68e4608567bd7a2144e57365bc8cd06c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b778cbe117993eec87849b2accc41549.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46168322bb16bde3fa4d2b9d43b51c37.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd88f00cc30eae10b1ee33b140283121.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78925a40eb6311a9a896a37583d9b216.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b778cbe117993eec87849b2accc41549.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1743b67b2469875b0dcd1d328afd237a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd88f00cc30eae10b1ee33b140283121.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0742607e6d2b3eb4b71b1b7459801c4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b778cbe117993eec87849b2accc41549.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94a0b31dd1b552314d99d7985bd76c20.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd88f00cc30eae10b1ee33b140283121.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b7e4f154be872ef0c0ccfd7adf2244.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b778cbe117993eec87849b2accc41549.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/187ff5b39587e885ed462f6fd07e906d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd88f00cc30eae10b1ee33b140283121.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c692d67fba6dae05980771f23b123e25.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b778cbe117993eec87849b2accc41549.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c6b684b0fe178ae465537201cad5d1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>