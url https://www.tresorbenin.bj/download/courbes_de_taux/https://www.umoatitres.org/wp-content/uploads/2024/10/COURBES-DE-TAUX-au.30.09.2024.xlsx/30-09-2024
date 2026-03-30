--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -489,79 +489,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de85155944a7d215fdfa303e328deba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21a3c16ed90b8aec98a3d60cbfc16271.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5950c9e40d0313d5f20981bff2861aa2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e26acd4c40ea10cd6048eba16eba8095.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de85155944a7d215fdfa303e328deba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66e2b4d437fb9b69577a956c1ec15169.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5950c9e40d0313d5f20981bff2861aa2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60e0a50fcca06d60064bf62662bda736.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de85155944a7d215fdfa303e328deba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ac6014993b7d73478c62c12952cbb1d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5950c9e40d0313d5f20981bff2861aa2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd6a75d6245373de6e66f251771e0a29.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de85155944a7d215fdfa303e328deba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5df840a76db10ccc19b93472d2f81ee8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5950c9e40d0313d5f20981bff2861aa2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a2667bc5023abb84247488abd87b36c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de85155944a7d215fdfa303e328deba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ba20abae14a6e90ac0e6e3a1466781f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5950c9e40d0313d5f20981bff2861aa2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c987e32c28a8f9f8045e52fe5e608de.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de85155944a7d215fdfa303e328deba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a004ce7e1cfdc93a86dec435b3bfc074.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5950c9e40d0313d5f20981bff2861aa2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e79e1d7d857b9f11403a364cf84b56f1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de85155944a7d215fdfa303e328deba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1fb0dcb70fac3972df5e932060a46c2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5950c9e40d0313d5f20981bff2861aa2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb193ba784e579b79133ae2fff6362da.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de85155944a7d215fdfa303e328deba.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5566d414b662adc9d1b8c35816b6df97.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5950c9e40d0313d5f20981bff2861aa2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052935bc6c8b63db5d5951949cea6d61.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>