--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -489,79 +489,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5950c9e40d0313d5f20981bff2861aa2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e26acd4c40ea10cd6048eba16eba8095.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f2a0ab03bf6508415d9f39e5df5c16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00345efa9205d749d33f0a7861bc091c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5950c9e40d0313d5f20981bff2861aa2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60e0a50fcca06d60064bf62662bda736.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f2a0ab03bf6508415d9f39e5df5c16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/327ecfa4c729b25a165bdfa003f14bdb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5950c9e40d0313d5f20981bff2861aa2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd6a75d6245373de6e66f251771e0a29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f2a0ab03bf6508415d9f39e5df5c16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddf7a2d5247e900cd775dd82e22aed50.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5950c9e40d0313d5f20981bff2861aa2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a2667bc5023abb84247488abd87b36c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f2a0ab03bf6508415d9f39e5df5c16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83dfad13d0de363cd8aa2a2aebee90c2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5950c9e40d0313d5f20981bff2861aa2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c987e32c28a8f9f8045e52fe5e608de.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f2a0ab03bf6508415d9f39e5df5c16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9452d0735d9d9a0409543ef577be0226.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5950c9e40d0313d5f20981bff2861aa2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e79e1d7d857b9f11403a364cf84b56f1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f2a0ab03bf6508415d9f39e5df5c16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14a8b40aa108d101ad4fb68e63eafb7a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5950c9e40d0313d5f20981bff2861aa2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb193ba784e579b79133ae2fff6362da.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f2a0ab03bf6508415d9f39e5df5c16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09f92d3432854dea16e3eda730762772.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5950c9e40d0313d5f20981bff2861aa2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052935bc6c8b63db5d5951949cea6d61.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f2a0ab03bf6508415d9f39e5df5c16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b090684b358310935106fecbc1690795.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>