--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f06aed372fb3caada31bf58625e52b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db271262759ba577c59db2175b9ce520.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3097b68c4f80baa82148e460dd6db937.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eee5884488a5008e39cd90ffbdf9c7f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f06aed372fb3caada31bf58625e52b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7c94597f0784a96c7859ef24baf223d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3097b68c4f80baa82148e460dd6db937.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb5876a2766d1fe29645301ba3216665.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f06aed372fb3caada31bf58625e52b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7200ec6aac2196808f759dc7b8434f7a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3097b68c4f80baa82148e460dd6db937.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d199db52076bf77d2a9b408f17b3eeb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f06aed372fb3caada31bf58625e52b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/613659cc56b4e1fcd10288d581117be1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3097b68c4f80baa82148e460dd6db937.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46ac328f6cbe5b0cb02badfab18bf2ce.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f06aed372fb3caada31bf58625e52b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d76fad2b80841a56d0de23635d01857e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3097b68c4f80baa82148e460dd6db937.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7f1655ae9f520a835000dec81609b1a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f06aed372fb3caada31bf58625e52b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a412c8904107fbb6a6c3ce7ceaa215b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3097b68c4f80baa82148e460dd6db937.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f225e9b05cdc6663e2e9439095d7e231.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f06aed372fb3caada31bf58625e52b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beb0b3d26092ade02d7cd93cadc20fdc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3097b68c4f80baa82148e460dd6db937.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/382092b2990f81459fda8567e36ec4e4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f06aed372fb3caada31bf58625e52b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3abea145751142dfbcbbfc4306109fb4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3097b68c4f80baa82148e460dd6db937.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0959cd0f54042542264cb8d9911b21d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>