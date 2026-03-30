--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5caafa89ce77d642b0b2fd0b12567f5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c4c4ece2ca08d97112dece80d40382.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0005b2ef55473fdbf9dad2636a157693.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a0293967958cf34b8c3296d298d7171.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5caafa89ce77d642b0b2fd0b12567f5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b6db237f327102097206b248f65cd6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0005b2ef55473fdbf9dad2636a157693.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c7cce043fb70dbd9e956401469b8706.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5caafa89ce77d642b0b2fd0b12567f5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f879b21abeb998c6f5db77c2e438d65.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0005b2ef55473fdbf9dad2636a157693.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b70eafd3a41430de127874e22eee25c7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5caafa89ce77d642b0b2fd0b12567f5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/295b0667c5e959e7dbe1aad80d3ca2aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0005b2ef55473fdbf9dad2636a157693.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21b019fc84983a0e292d4accfcfc3ab3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5caafa89ce77d642b0b2fd0b12567f5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c980eeeb857b2a161ffafcc4e3dd3722.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0005b2ef55473fdbf9dad2636a157693.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e668fe0bc4f13e7a12ce60d129f51d7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5caafa89ce77d642b0b2fd0b12567f5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b78113ab3814de71f8654cdb557fce61.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0005b2ef55473fdbf9dad2636a157693.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d27c41cd8154bccdf5d551070b72cdec.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5caafa89ce77d642b0b2fd0b12567f5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4a7c4db9d04b50b84fb88e322c3b364.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0005b2ef55473fdbf9dad2636a157693.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27d8cac6b18ac7f413eea904a6d81279.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5caafa89ce77d642b0b2fd0b12567f5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e756ecb6cbc85187cd93de81e49028b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0005b2ef55473fdbf9dad2636a157693.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9731b7197a2efd2f5d875fc552b563d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>