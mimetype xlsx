--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1948e709d5906a635a64b3d18b7642.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8df3b1a846b6fb383cb2a0b7c5964513.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b9e30a8dc4fd7607bfa5554d29ad6d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b09bf3db3a8fa2a579c26d465e3606ca.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1948e709d5906a635a64b3d18b7642.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5fc5117f5914501aa4394f5062348f5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b9e30a8dc4fd7607bfa5554d29ad6d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef7d4b3542ad919143d7fdf6014a8171.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1948e709d5906a635a64b3d18b7642.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d9319da7e4662cdb869ae655ea5b173.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b9e30a8dc4fd7607bfa5554d29ad6d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33e3ddcaf043101605a43fd8e4dce247.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1948e709d5906a635a64b3d18b7642.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41bf5f0c64605c867344b20208e5bb7b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b9e30a8dc4fd7607bfa5554d29ad6d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eda16a478eb5cf92b105c95efb431afb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1948e709d5906a635a64b3d18b7642.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/248486a133fd7e7008606015947198ec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b9e30a8dc4fd7607bfa5554d29ad6d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36ad38bcac318c53789392873270379b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1948e709d5906a635a64b3d18b7642.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a53a1f65548efb6bb80d52ef7c174232.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b9e30a8dc4fd7607bfa5554d29ad6d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/744107f85de84331041d4ae340171771.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1948e709d5906a635a64b3d18b7642.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aa88f487b5fb3c7db762a5947c3a1cb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b9e30a8dc4fd7607bfa5554d29ad6d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f74d00fc73e530befe980849e8994d25.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1948e709d5906a635a64b3d18b7642.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d55e9c52f134852e0eab1c870764f774.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b9e30a8dc4fd7607bfa5554d29ad6d8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5766f489bd711064448870402234ddca.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>