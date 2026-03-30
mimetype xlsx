--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/261a0de4207fb9141f9243b6cfc670c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bacd92516baec0a3dc3dceb6268e0f9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a52f633a9d769c30939ffb0632b346f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9796874fef98b33dcf7e7da8c7121bb1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/261a0de4207fb9141f9243b6cfc670c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0d869aebe10cf4eaf4727d867f28f88.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a52f633a9d769c30939ffb0632b346f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d61405632e6a5aab9571491d9e762613.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/261a0de4207fb9141f9243b6cfc670c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83a830e927af760cfa3af98f5b581342.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a52f633a9d769c30939ffb0632b346f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0e9e83e99126c6e1f93c0b7aec65e66.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/261a0de4207fb9141f9243b6cfc670c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79edc278aa4098e91b3620743008df83.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a52f633a9d769c30939ffb0632b346f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509ecc04e6849ce7162d8324e986f70d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/261a0de4207fb9141f9243b6cfc670c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3af756c1c25c45d9e34a5199d226e824.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a52f633a9d769c30939ffb0632b346f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77cf021a5fb307b3b88b6be9d9f5231e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/261a0de4207fb9141f9243b6cfc670c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0634bb6d9e48293c8e5bc47ab2a6087d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a52f633a9d769c30939ffb0632b346f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97ef5ae4fdf1c44de8e81e15f71ca4e5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/261a0de4207fb9141f9243b6cfc670c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba95a2ad1a1b1ddd374bf5fc512bdc09.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a52f633a9d769c30939ffb0632b346f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a81fbef989e3578ab41d82b9978f814.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/261a0de4207fb9141f9243b6cfc670c2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600c17461d2f05e0320edd0992dac4d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a52f633a9d769c30939ffb0632b346f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbf71f20710df1462f86b1103d086d83.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>