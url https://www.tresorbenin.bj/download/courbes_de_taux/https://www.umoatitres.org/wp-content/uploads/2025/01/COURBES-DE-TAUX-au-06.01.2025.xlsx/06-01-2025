--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3909d4448fcd610b7356b2fbfecc1562.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c571a458cc1e3d66e3d2ae049f53e48.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bce1be66dff39592c445388d14a62cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9975d691085842ecc61b8680515f56cf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3909d4448fcd610b7356b2fbfecc1562.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c77e7de418bb10f27abac0901873a1d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bce1be66dff39592c445388d14a62cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75af8ceecf82785ad91e372962078d5e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3909d4448fcd610b7356b2fbfecc1562.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5062fa146289578ba38ade0751f36855.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bce1be66dff39592c445388d14a62cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cac688777c4bb6ecaa240d4bcedf57e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3909d4448fcd610b7356b2fbfecc1562.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/007ab6f6462f2a6def3ed0d407e37178.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bce1be66dff39592c445388d14a62cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86bb93070f11763c67e1af5ce4b92ac8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3909d4448fcd610b7356b2fbfecc1562.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97cfaf5981bebb5ce40527ee0257f72b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bce1be66dff39592c445388d14a62cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a52e8b4b2acabc2a68c8c27338c0123f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3909d4448fcd610b7356b2fbfecc1562.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7785c1aaf2a998f229cf56da7c8bd5f3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bce1be66dff39592c445388d14a62cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ae077ca700163df61176f67abcab89e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3909d4448fcd610b7356b2fbfecc1562.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c9b94a4dbdeca228bd8d8b939b01adb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bce1be66dff39592c445388d14a62cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee86022b291584d90d74e14e82786d4f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3909d4448fcd610b7356b2fbfecc1562.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f42cd7586e7023f91aa534baf0376ba7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bce1be66dff39592c445388d14a62cf.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ab9df7b5e6de5044140619663ab731b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>