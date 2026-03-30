--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad04aee761ef8daa632abe65ae55f8d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/587ee13baad689b839457ad3ddf63248.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/924f67a99a26db3e0c431a87504ddc02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8821c2552082af26c37857d38dc9881.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad04aee761ef8daa632abe65ae55f8d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4749c478f45b1b4827ee75dcc1329251.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/924f67a99a26db3e0c431a87504ddc02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4b46a4865043d11316f85e0fb2c94ed.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad04aee761ef8daa632abe65ae55f8d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3de0a105a5694326c41f29aa31d5e00.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/924f67a99a26db3e0c431a87504ddc02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2e6cd2a323494cf195744dc349c65cf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad04aee761ef8daa632abe65ae55f8d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/723c8f43580fbf45d7b6051cd117d62c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/924f67a99a26db3e0c431a87504ddc02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ae6115e308680e28e2b4ccd6cab5d29.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad04aee761ef8daa632abe65ae55f8d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1eec163200a03c0823e1b62c45ee14f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/924f67a99a26db3e0c431a87504ddc02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a129dd3fbce55e99b6887269bc870d0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad04aee761ef8daa632abe65ae55f8d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2920b17087aa922d348567f345143d51.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/924f67a99a26db3e0c431a87504ddc02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b843c34e352fdd168b8a1a8f22d3ce4e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad04aee761ef8daa632abe65ae55f8d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4e381e9d4efcd50e06c879057354eb5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/924f67a99a26db3e0c431a87504ddc02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61e95d3b463e8398d01b802a0d8f2837.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad04aee761ef8daa632abe65ae55f8d4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46031b3a679c97f81c660cc5cf6a4404.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/924f67a99a26db3e0c431a87504ddc02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c65b53aeada9eed708792d6041bea06.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>