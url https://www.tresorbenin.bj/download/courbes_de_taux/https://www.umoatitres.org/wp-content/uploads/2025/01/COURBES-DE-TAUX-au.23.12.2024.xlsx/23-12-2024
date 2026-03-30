--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/924f67a99a26db3e0c431a87504ddc02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8821c2552082af26c37857d38dc9881.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be154568a3b821a49212bae786ba2ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cad45978f0e2bde7eae44e352fa5add.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/924f67a99a26db3e0c431a87504ddc02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4b46a4865043d11316f85e0fb2c94ed.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be154568a3b821a49212bae786ba2ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1b1f6a61bcce3edd8696ec4622c87be.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/924f67a99a26db3e0c431a87504ddc02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2e6cd2a323494cf195744dc349c65cf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be154568a3b821a49212bae786ba2ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e18d119a866feb07493f71b8f83bf35a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/924f67a99a26db3e0c431a87504ddc02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ae6115e308680e28e2b4ccd6cab5d29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be154568a3b821a49212bae786ba2ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeb441a186a3a8ef2a357bbafd4e69cf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/924f67a99a26db3e0c431a87504ddc02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a129dd3fbce55e99b6887269bc870d0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be154568a3b821a49212bae786ba2ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07ad2445662b8f5b3517c40dddbe67ef.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/924f67a99a26db3e0c431a87504ddc02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b843c34e352fdd168b8a1a8f22d3ce4e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be154568a3b821a49212bae786ba2ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28dbe35ec1942569bf2daef98536690a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/924f67a99a26db3e0c431a87504ddc02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61e95d3b463e8398d01b802a0d8f2837.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be154568a3b821a49212bae786ba2ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9965a22d36cf540f4018ff472c9eee30.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/924f67a99a26db3e0c431a87504ddc02.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c65b53aeada9eed708792d6041bea06.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be154568a3b821a49212bae786ba2ee6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f604c3cd2fae4024642640ed951a5654.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>