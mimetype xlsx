--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e830860010f13826398432cd1f014cc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30eb1cf581fcd9badcc19f71aa177957.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f21640a4b7c95dfc137b6b9bfaf243c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56dc8b04cc5e7ed875c53b6300071715.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e830860010f13826398432cd1f014cc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2153c3869380b0c7a50dd739d95b0245.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f21640a4b7c95dfc137b6b9bfaf243c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12ed8837b58c4aa92b4cf89e59ee719e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e830860010f13826398432cd1f014cc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45123950ef050075d49dcec63bcc3234.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f21640a4b7c95dfc137b6b9bfaf243c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfc01f5a173faf5c3ce9c1a6d99fe98d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e830860010f13826398432cd1f014cc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/973d7f17c35ebd8a13d084cd817c6ab4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f21640a4b7c95dfc137b6b9bfaf243c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a99055d9e936a8b7de560d2b53670da.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e830860010f13826398432cd1f014cc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d99d558a10baf6d771c090b089077ccc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f21640a4b7c95dfc137b6b9bfaf243c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16531a60b8882d0c9efffa87c348639e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e830860010f13826398432cd1f014cc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0c094919137c0bb45e5fb9f74b5d438.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f21640a4b7c95dfc137b6b9bfaf243c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbf65b6ebcd550ed0a6553a91145b71b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e830860010f13826398432cd1f014cc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52219c18c18bca25227d5d83c74dcffb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f21640a4b7c95dfc137b6b9bfaf243c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85e53425735100b9c6608ce0c097b828.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e830860010f13826398432cd1f014cc.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63a06e0f22cdcc2df6cdbc8ac60e1858.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f21640a4b7c95dfc137b6b9bfaf243c5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e8f7b4100d043a4b444b2b061cb239e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>