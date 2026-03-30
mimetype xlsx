--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a3ccdd25f251547efb80e2a94ffcdf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d993df698de3cbc36cfd8cff8a52ed2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf4bc2cf16c979b7bddb2967462eba80.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c39fb215461a84c2e73f2e6ca9f27ed4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a3ccdd25f251547efb80e2a94ffcdf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51cd3557b6a4665df934e3153002545f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf4bc2cf16c979b7bddb2967462eba80.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2379067f63e0ba0c4200ea96ce5df49b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a3ccdd25f251547efb80e2a94ffcdf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d663500b0579ced99907d2da7fd6c1ae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf4bc2cf16c979b7bddb2967462eba80.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ad98cfe98b19ab5ed80f8f0f1fa3098.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a3ccdd25f251547efb80e2a94ffcdf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a2f8653a23ac5baabf4826f19045996.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf4bc2cf16c979b7bddb2967462eba80.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3607bbb87e11cba230b8a3cf80586fc1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a3ccdd25f251547efb80e2a94ffcdf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b55dc5f6c7fb6d8caf9690bc81518bc1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf4bc2cf16c979b7bddb2967462eba80.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21e4203eb72d4ca34d1a4c3042a133f5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a3ccdd25f251547efb80e2a94ffcdf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2b3fadcbf10911b28545943dc225ae0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf4bc2cf16c979b7bddb2967462eba80.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31d43474b9aa6f059e634d11b8e64b0e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a3ccdd25f251547efb80e2a94ffcdf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75cb6ac6606c72715721447d513720d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf4bc2cf16c979b7bddb2967462eba80.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a70f93748c6f2323495c751b2b56a1f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a3ccdd25f251547efb80e2a94ffcdf0.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f60205309f35f6537c15f4f9d7b59e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf4bc2cf16c979b7bddb2967462eba80.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7a8a734d8c2ab3cc25ef51085caaca.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>