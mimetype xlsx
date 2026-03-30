--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b811b7227c24b3f67101b1c095339bfb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86c77821940e4cd669b82fa9fee18ae2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f21489e39bc394e22f1ab14f1ed2d83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7177d9eac2bce7fd50cb52cfc7848815.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b811b7227c24b3f67101b1c095339bfb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d8272cc62021d6c4f4ef892922639aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f21489e39bc394e22f1ab14f1ed2d83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07c834db9a0d00fcaa7d3d8052c22d9a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b811b7227c24b3f67101b1c095339bfb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc886f454ab1aa4e3e46764f08a1c132.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f21489e39bc394e22f1ab14f1ed2d83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8afcef7f8fd602ef7fe1c0bb6837cdc.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b811b7227c24b3f67101b1c095339bfb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a94c530acc39d9acd5018cf05f54ecd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f21489e39bc394e22f1ab14f1ed2d83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40949f81107199d2a33e6e39f6039d74.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b811b7227c24b3f67101b1c095339bfb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1a00e93e7ff20821d0b4597ea8db5bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f21489e39bc394e22f1ab14f1ed2d83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c5e10e56b85fd50db9b05db1f0fff6b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b811b7227c24b3f67101b1c095339bfb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3f1492d48422d61cf2ce763c6b618e6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f21489e39bc394e22f1ab14f1ed2d83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b992a507966f8683548bbd9316f63d29.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b811b7227c24b3f67101b1c095339bfb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a48d20e7eff1384f78b73f448f64579c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f21489e39bc394e22f1ab14f1ed2d83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dcc514bbbc901dcd6c36fb1a8c16062.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b811b7227c24b3f67101b1c095339bfb.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f783c9002b8a4e10ddce840d954e42d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f21489e39bc394e22f1ab14f1ed2d83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12fbbee6e82c0f0f1b131c313c8e46a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>