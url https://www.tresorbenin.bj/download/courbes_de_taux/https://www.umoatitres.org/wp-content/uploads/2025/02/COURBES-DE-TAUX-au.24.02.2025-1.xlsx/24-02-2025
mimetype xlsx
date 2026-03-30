--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabf6053501528946ea011b754032efe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b0d25364f6e923afa940b96fc867255.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/438f345d95d449ce432c930cc7bce8de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1436ebdfacc86670a37bb5456896e250.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabf6053501528946ea011b754032efe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7b4066cf60a2631124d30b77352d2b6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/438f345d95d449ce432c930cc7bce8de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aa72fee40e7816509fe096094138b2a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabf6053501528946ea011b754032efe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9490c4471796f9db902ad9165d9fa541.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/438f345d95d449ce432c930cc7bce8de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94964f878b85d6954e3cca6b9156fb08.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabf6053501528946ea011b754032efe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c4a0d4043698253ce9bbc123f724c30.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/438f345d95d449ce432c930cc7bce8de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2cc31b995d4c450dc32a690838274f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabf6053501528946ea011b754032efe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a906ebfec0062b04b684893aa52ad42.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/438f345d95d449ce432c930cc7bce8de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcd70514c820a27be59789b28f7a6b7b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabf6053501528946ea011b754032efe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6f7a1e7ad1fe6e69c153a712adb42d4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/438f345d95d449ce432c930cc7bce8de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15f39797e6c772ff0c8b40d45bba1404.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabf6053501528946ea011b754032efe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb19446d2d2128d32b98ac4a0d8efa31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/438f345d95d449ce432c930cc7bce8de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2481f47511698b03d20d954bac91c42b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabf6053501528946ea011b754032efe.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39e4a468806128a4412ceac770f334d0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/438f345d95d449ce432c930cc7bce8de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e37a364b539197db4aa6e3e371cddc97.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>