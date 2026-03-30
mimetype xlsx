--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/438f345d95d449ce432c930cc7bce8de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1436ebdfacc86670a37bb5456896e250.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87fc552ff3a5bed03555d53f7066c394.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c0fd91179d4f6ba0ad86db492ba88df.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/438f345d95d449ce432c930cc7bce8de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aa72fee40e7816509fe096094138b2a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87fc552ff3a5bed03555d53f7066c394.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0de29db8ad15021632a733cf84aab562.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/438f345d95d449ce432c930cc7bce8de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94964f878b85d6954e3cca6b9156fb08.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87fc552ff3a5bed03555d53f7066c394.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed3bc8accdce8a57c8859bbcd2781edd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/438f345d95d449ce432c930cc7bce8de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2cc31b995d4c450dc32a690838274f7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87fc552ff3a5bed03555d53f7066c394.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fd9576862e9e931490f1b00ccb4af19.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/438f345d95d449ce432c930cc7bce8de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcd70514c820a27be59789b28f7a6b7b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87fc552ff3a5bed03555d53f7066c394.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c554fd1e3e80792ce7ae766f9effdacb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/438f345d95d449ce432c930cc7bce8de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15f39797e6c772ff0c8b40d45bba1404.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87fc552ff3a5bed03555d53f7066c394.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b35f6f0cfab0e57bf51d5cf9f4a7207.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/438f345d95d449ce432c930cc7bce8de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2481f47511698b03d20d954bac91c42b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87fc552ff3a5bed03555d53f7066c394.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f0ae8df69237d6a6ca3cffcaa612eb1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/438f345d95d449ce432c930cc7bce8de.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e37a364b539197db4aa6e3e371cddc97.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87fc552ff3a5bed03555d53f7066c394.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba0b270ef2c7a6e688a988901eb5cc1b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>