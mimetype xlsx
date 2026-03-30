--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250fd34aec17221ff801eb76527146e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f1285a3152d6767a57027286cd253b2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc5264bdb649eb1b250f5e9b2db8c07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d7188f4104c06d8fd8e3955bcdee77.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250fd34aec17221ff801eb76527146e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a29203321f70d4dc9b3a5b54104df14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc5264bdb649eb1b250f5e9b2db8c07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d342f0cd4960332246785f0329c2017.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250fd34aec17221ff801eb76527146e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344baa0308fac183985083521042797d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc5264bdb649eb1b250f5e9b2db8c07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b28c2fdc761d645a5eaf85ce92ddb320.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250fd34aec17221ff801eb76527146e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb3f3e4123fa583b4dc6a4068c819815.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc5264bdb649eb1b250f5e9b2db8c07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4c1b56df2f671ea130f55a14af89da2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250fd34aec17221ff801eb76527146e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/738e7fae7697121cfc6b7ab3e8600cc1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc5264bdb649eb1b250f5e9b2db8c07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6c3a9bb25ba1162712d500d5560c806.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250fd34aec17221ff801eb76527146e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5556211a7155f2066dee9da94bc64744.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc5264bdb649eb1b250f5e9b2db8c07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d40dcf7d1bfb77ab2b030797fbb8aed9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250fd34aec17221ff801eb76527146e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be3b066d322b85ceb6ef01f6e521d82.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc5264bdb649eb1b250f5e9b2db8c07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e35ad01a5cf6eb9c6a3e25a88098232.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250fd34aec17221ff801eb76527146e4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c83f66c419d2fbed42c8b2495ef242b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc5264bdb649eb1b250f5e9b2db8c07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2fc3f739eb9dec268a88bb6ec1dd3f7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>