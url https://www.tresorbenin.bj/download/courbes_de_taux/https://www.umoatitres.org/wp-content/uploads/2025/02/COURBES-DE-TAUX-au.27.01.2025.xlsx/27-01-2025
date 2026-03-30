--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc5264bdb649eb1b250f5e9b2db8c07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d7188f4104c06d8fd8e3955bcdee77.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46be38069d55c47d646903754f562c2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b55297934da2f3a6fd80346fabb14eaf.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc5264bdb649eb1b250f5e9b2db8c07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d342f0cd4960332246785f0329c2017.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46be38069d55c47d646903754f562c2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c195ffc030cf6084fbd74870d139223e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc5264bdb649eb1b250f5e9b2db8c07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b28c2fdc761d645a5eaf85ce92ddb320.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46be38069d55c47d646903754f562c2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/435b4633c4c8637e609821eab72c457b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc5264bdb649eb1b250f5e9b2db8c07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4c1b56df2f671ea130f55a14af89da2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46be38069d55c47d646903754f562c2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f34d23ec24fb5b5771399b7945b5ff64.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc5264bdb649eb1b250f5e9b2db8c07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6c3a9bb25ba1162712d500d5560c806.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46be38069d55c47d646903754f562c2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fae664781513915f9f4e83f345efceaa.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc5264bdb649eb1b250f5e9b2db8c07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d40dcf7d1bfb77ab2b030797fbb8aed9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46be38069d55c47d646903754f562c2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72210172ea073fa6c79a6e49e1d9565c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc5264bdb649eb1b250f5e9b2db8c07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e35ad01a5cf6eb9c6a3e25a88098232.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46be38069d55c47d646903754f562c2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aefd6474d4794360c2ebead48327eb17.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc5264bdb649eb1b250f5e9b2db8c07.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2fc3f739eb9dec268a88bb6ec1dd3f7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46be38069d55c47d646903754f562c2a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3bae3560fa6cae6a9280fe6a95e090e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>