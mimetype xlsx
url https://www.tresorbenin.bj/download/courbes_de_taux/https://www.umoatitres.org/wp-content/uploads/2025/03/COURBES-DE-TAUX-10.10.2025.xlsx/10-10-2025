--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b1e5a7b03b32d523e4370b2c303fcd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/337d2f5c69bc64e4840b066d0fae150a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd867698cda08554ad5823568495167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2ce9438866b70c330469f9c56c09aa7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b1e5a7b03b32d523e4370b2c303fcd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76e1b8fa25515aa225a8a00331875c35.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd867698cda08554ad5823568495167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/434ca5ec0a0e38ec8950b64edc752d67.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b1e5a7b03b32d523e4370b2c303fcd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b7a4121b392d4be357a026c7cda8ba5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd867698cda08554ad5823568495167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/565a72a8a74a85a4b109424470cf6135.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b1e5a7b03b32d523e4370b2c303fcd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0390c7924a91ed8dd6423f5231ea2be2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd867698cda08554ad5823568495167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79d20cd5731675339fd6b11ad819420f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b1e5a7b03b32d523e4370b2c303fcd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da419bd0d5edf7d3550ff44b53db4908.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd867698cda08554ad5823568495167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d23581476ccbf14dbf3f3854e9a5fe2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b1e5a7b03b32d523e4370b2c303fcd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78149583c5098636778fe438a710be5c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd867698cda08554ad5823568495167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eee126146df64822467e34382bfcce08.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b1e5a7b03b32d523e4370b2c303fcd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4428544eeae620dc347cc4585ef6e4ee.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd867698cda08554ad5823568495167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fcc8db071ffb4808a8e304939dfd6e5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04b1e5a7b03b32d523e4370b2c303fcd.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4af92e95a1998a1e7b3acbcd63d02e61.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd867698cda08554ad5823568495167.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82346ca7a79ae39cf01032908bea4606.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>