--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c45f709f5300f452c1b8448def9d1617.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38114b1e6c8acec28e3b8649deca14f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/065ee413716dfb83f01506c55c0837f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/796917a3ecb40b3f03a2a27d880c36a6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c45f709f5300f452c1b8448def9d1617.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0fd042db5be0b8def40baac6a7ed464.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/065ee413716dfb83f01506c55c0837f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce33c751024e84a2dd13380f0e998ee6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c45f709f5300f452c1b8448def9d1617.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbace6c01c59ccace2c4729ce8101bd0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/065ee413716dfb83f01506c55c0837f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54f0db8fbec7fcd2e0ef9eb927e40f99.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c45f709f5300f452c1b8448def9d1617.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e74ae810c21cb4b27fd0a04b42129161.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/065ee413716dfb83f01506c55c0837f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9453cf1d4a8380447847b5ec56290163.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c45f709f5300f452c1b8448def9d1617.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33dae5bdb640671a214cddb7d1285f65.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/065ee413716dfb83f01506c55c0837f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092af1ca86d9e54f1b8a3283923bced9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c45f709f5300f452c1b8448def9d1617.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55e38b48a89d3e865e9259894f7d063a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/065ee413716dfb83f01506c55c0837f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62c3925e03d9cac41f7827ab8a2d778c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c45f709f5300f452c1b8448def9d1617.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b29440c448c7c1887a6ab807a4fe24d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/065ee413716dfb83f01506c55c0837f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b462dcca63370ac9f1f962bb977e68f5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c45f709f5300f452c1b8448def9d1617.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70ccf3af1f99a0bffc44a8e39d9a0422.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/065ee413716dfb83f01506c55c0837f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/947041331b89ed6f4bda1f39d25f4796.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>