--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/065ee413716dfb83f01506c55c0837f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/796917a3ecb40b3f03a2a27d880c36a6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3adea9220d707c89a9043487b81badb3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aa73f0e6fab021ea48a013e52ce0612.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/065ee413716dfb83f01506c55c0837f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce33c751024e84a2dd13380f0e998ee6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3adea9220d707c89a9043487b81badb3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aeb419804b783c12acd217c8df71601.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/065ee413716dfb83f01506c55c0837f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54f0db8fbec7fcd2e0ef9eb927e40f99.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3adea9220d707c89a9043487b81badb3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e38b1337c97125f03e8534edc78496be.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/065ee413716dfb83f01506c55c0837f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9453cf1d4a8380447847b5ec56290163.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3adea9220d707c89a9043487b81badb3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c01dff492d956e64b076817579bed393.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/065ee413716dfb83f01506c55c0837f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/092af1ca86d9e54f1b8a3283923bced9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3adea9220d707c89a9043487b81badb3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68047a3fffeab45f26bf2c3034c99b3f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/065ee413716dfb83f01506c55c0837f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62c3925e03d9cac41f7827ab8a2d778c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3adea9220d707c89a9043487b81badb3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13f33c03bfee74f13c1163cf3e4bed47.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/065ee413716dfb83f01506c55c0837f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b462dcca63370ac9f1f962bb977e68f5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3adea9220d707c89a9043487b81badb3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cab9e8b9fc51489988ded8ce7a40e1b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/065ee413716dfb83f01506c55c0837f3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/947041331b89ed6f4bda1f39d25f4796.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3adea9220d707c89a9043487b81badb3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9546ab9f19bc52e1139b0e70de63b2f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>